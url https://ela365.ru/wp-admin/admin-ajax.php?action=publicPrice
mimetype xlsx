--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -28,2818 +28,2830 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Содержание" sheetId="1" r:id="rId4"/>
     <sheet name="Готовые програм" sheetId="2" r:id="rId5"/>
     <sheet name="Журналы" sheetId="3" r:id="rId6"/>
     <sheet name="Инструктажи" sheetId="4" r:id="rId7"/>
     <sheet name="Инструкции долж" sheetId="5" r:id="rId8"/>
     <sheet name="Инструкции по о" sheetId="6" r:id="rId9"/>
     <sheet name="Обучение онлайн" sheetId="7" r:id="rId10"/>
     <sheet name="Система управле" sheetId="8" r:id="rId11"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1177">
   <si>
     <t>Академия Электронного Образования</t>
   </si>
   <si>
     <t>ela365.ru</t>
   </si>
   <si>
     <t>Лицензия на осуществление образовательной деятельности № 2632 от 26 декабря 2017 года, выданная Министерством образования и науки Хабаровского края.</t>
   </si>
   <si>
     <t>Содержание:</t>
   </si>
   <si>
     <t>1. Готовые программы обучения(электронная поставка)</t>
   </si>
   <si>
     <t>2. Журналы</t>
   </si>
   <si>
     <t>3. Инструктажи</t>
   </si>
   <si>
     <t>4. Инструкции должностные</t>
   </si>
   <si>
     <t>5. Инструкции по охране труда</t>
   </si>
   <si>
     <t>6. Обучение онлайн</t>
   </si>
   <si>
     <t>7. Система управления охраной труда (СУОТ)</t>
   </si>
   <si>
     <t>Если возникли вопросы, Вы можете позвонить на горячую линию 8-800-300-2628 или отправить электронное письмо по адресу t201090@mail.ru</t>
   </si>
   <si>
-    <t>Прайс-Лист актуален на 11.02.2026 08:50:16</t>
+    <t>Прайс-Лист актуален на 28.03.2026 17:33:07</t>
   </si>
   <si>
     <t>Скачать новый Прайс-Лист</t>
   </si>
   <si>
     <t>Готовые программы обучения(электронная поставка)</t>
   </si>
   <si>
+    <t>• Архитектура, проектирование, геодезия, топография и дизайн</t>
+  </si>
+  <si>
+    <t>• ГО и ЧС</t>
+  </si>
+  <si>
+    <t>• Добыча, переработка угля, руд и других полезных ископаемых</t>
+  </si>
+  <si>
+    <t>• ЖКХ</t>
+  </si>
+  <si>
+    <t>• Испытательная лаборатория</t>
+  </si>
+  <si>
+    <t>• Кадровое дело</t>
+  </si>
+  <si>
+    <t>• Категория: Автомобильная отрасль</t>
+  </si>
+  <si>
+    <t>• Маркетинг</t>
+  </si>
+  <si>
+    <t>• Медицина</t>
+  </si>
+  <si>
+    <t>• Общественное питание</t>
+  </si>
+  <si>
+    <t>• Ограниченные и замкнутые пространства</t>
+  </si>
+  <si>
+    <t>• Охрана труда</t>
+  </si>
+  <si>
+    <t>• • Обучение по 2464</t>
+  </si>
+  <si>
+    <t>• • Профессиональная переподготовка</t>
+  </si>
+  <si>
+    <t>• Педагогика и психология</t>
+  </si>
+  <si>
+    <t>• Пожарная безопасность</t>
+  </si>
+  <si>
+    <t>• Промышленная безопасность</t>
+  </si>
+  <si>
+    <t>• Работы на высоте</t>
+  </si>
+  <si>
+    <t>• Сервис, оказание услуг населению</t>
+  </si>
+  <si>
+    <t>• Строительство</t>
+  </si>
+  <si>
+    <t>• Судостроение</t>
+  </si>
+  <si>
+    <t>• Туризм</t>
+  </si>
+  <si>
+    <t>• Экология. Отходы</t>
+  </si>
+  <si>
+    <t>№ п/п</t>
+  </si>
+  <si>
+    <t>Наименование</t>
+  </si>
+  <si>
+    <t>Цена руб.</t>
+  </si>
+  <si>
+    <t>Архитектура, проектирование, геодезия, топография и дизайн</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы: "Геодезист"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы: "Замерщик на топографо-геодезических и маркшейдерских работах"</t>
+  </si>
+  <si>
+    <t>к содержанию</t>
+  </si>
+  <si>
+    <t>наверх</t>
+  </si>
+  <si>
+    <t>ГО и ЧС</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Антитеррористическая защищенность образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы  «Антитеррористическая защищенность организаций от террористических угроз и иных экстремистских проявлений»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Обучение членов комиссии по предупреждению и ликвидации чрезвычайных ситуации и обеспечению пожарной безопасности организаций по вопросам гражданской обороны и защиты от ЧС природного и техногенного характера»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы  «Обучение работающего населения в области гражданской обороны и защиты от чрезвычайных ситуаций природного и техногенного характера»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы  «Обучение руководителей организаций в области гражданской обороны, защиты от чрезвычайных ситуаций природного и техногенного характера»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Обучение в области гражданской обороны и защиты от чрезвычайных ситуаций руководителей организаций, глав местных администраций»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Профилактика и предупреждение терроризма и экстремизма»</t>
+  </si>
+  <si>
+    <t>Добыча, переработка угля, руд и других полезных ископаемых</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Геолог»</t>
+  </si>
+  <si>
+    <t>ЖКХ</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Специалист по приему, хранению и отгрузке нефти и нефтепродуктов с присвоением квалификации: Кладовщик горюче-смазочных материалов"</t>
+  </si>
+  <si>
+    <t>Испытательная лаборатория</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Обучение членов комиссии по проведению оценки профессиональных рисков”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Обучение членов комиссии по специальной оценке условий труда”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Производственный контроль за соблюдением санитарных правил и выполнением санитарно-противоэпидемических мероприятий”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Специальная оценка условий труда”</t>
+  </si>
+  <si>
+    <t>Кадровое дело</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Делопроизводитель”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Особенности оформления кадровых документов и организация кадрового делопроизводства с присвоением квалификации «Специалист по кадровому делопроизводству»”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Секретарь-администратор”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Секретарь руководителя”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Специалист по организационному и документационному обеспечению управления организацией”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Специалист по подбору и оценке персонала (Старший рекрутер)”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Специалист по управлению персоналом”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Статистик”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Управление государственными и муниципальными закупками”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Управление персоналом и оформление трудовых отношений”</t>
+  </si>
+  <si>
+    <t>Категория: Автомобильная отрасль</t>
+  </si>
+  <si>
+    <t>111Комплект учебной программы "Специалист по техническому диагностированию и контролю технического состояния автотранспортных средств  при периодическом техническом осмотре" (2)</t>
+  </si>
+  <si>
+    <t>222Комплект учебной программы "Специалист по техническому диагностированию и контролю технического состояния автотранспортных средств  при периодическом техническом осмотре"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Контролер технического состояния автотранспортных средств" (повышение квалификации)</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Контролер технического состояния автотранспортных средств" (профессиональная переподготовка)</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Слесарь по ремонту автомобилей"</t>
+  </si>
+  <si>
+    <t>111Комплект учебной программы "Специалист по техническому диагностированию и контролю технического состояния автотранспортных средств  при периодическом техническом осмотре"</t>
+  </si>
+  <si>
+    <t>Маркетинг</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Специалист по интернет-маркетингу”</t>
+  </si>
+  <si>
+    <t>Медицина</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Профилактика коронавируса, гриппа и других острых респираторных вирусных инфекций в общеобразовательных организациях”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Радиационная безопасность и производственный контроль при эксплуатации медицинских рентгеновских аппаратов» по специальности «Рентгенология»”</t>
+  </si>
+  <si>
+    <t>Общественное питание</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Повар”</t>
+  </si>
+  <si>
+    <t>Ограниченные и замкнутые пространства</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Безопасные методы и приемы выполнения работ в ограниченных и замкнутых пространствах, I группа»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Безопасные методы и приемы выполнения работ в ограниченных и замкнутых пространствах, II группа»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Безопасные методы и приемы выполнения работ в ограниченных и замкнутых пространствах, III группа»</t>
+  </si>
+  <si>
+    <t>Охрана труда</t>
+  </si>
+  <si>
+    <t>Обучение по 2464</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Использование (применение) средств индивидуальной защиты (для инструкторов, преподавателей)”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приёмы выполнения земляных работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения ремонтных, монтажных и демонтажных работ зданий и сооружений"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения строительных работ, в том числе: – окрасочные работы; – электросварочные и газосварочные работы"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ, связанные с эксплуатацией тепловых энергоустановок"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ, связанные с эксплуатацией сосудов, работающих под избыточным давлением"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы работ в непосредственной близости от полотна или проезжей части эксплуатируемых автомобильных и железных дорог"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы работ по валке леса в особо опасных условиях"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы работ по перемещению тяжеловесных и крупногабаритных грузов при отсутствии машин соответствующей грузоподъемности и разборке покосившихся и опасных (неправильно уложенных) штабелей круглых лесоматериалов"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы работ с ручным инструментом, в том числе с пиротехническим"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ при размещении, монтаже, техническом обслуживании и ремонте технологического оборудования (включая технологическое оборудование)"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ на высоте"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения пожароопасных работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ в ограниченных и замкнутых пространствах (ОЗП)"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения газоопасных работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения огневых работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ, связанные с эксплуатацией подъемных сооружений"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение безопасным методам и приемам выполнения работ повышенной опасности, к которым предъявляются дополнительные требования в соответствии с нормативными правовыми актами, содержащими государственные нормативные требования охраны труда. Безопасные методы и приемы выполнения работ в электроустановках"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Обучение безопасным методам и приемам выполнения работ при воздействии вредных и (или) опасных производственных факторов, источников опасности, идентифицированных в рамках системы управления охраной труда в организации и оценки профессиональных рисков”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Обучение по использованию (применению) средств индивидуальной защиты”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Обучение по общим вопросам охраны труда и функционирования системы управления охраной труда”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Оказание первой помощи пострадавшим”</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы: “Охрана труда. Профессиональная переподготовка с присвоением квалификации «Специалист по охране труда»”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы: “Техносферная безопасность.  Профессиональная переподготовка с присвоением квалификации «Инженер по охране труда»”</t>
+  </si>
+  <si>
+    <t>Педагогика и психология</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Ассистент (помощник) по оказанию технической помощи инвалидам и лицам с ограниченными возможностями здоровья"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Безопасное использование сайтов в сети «Интернет» в образовательном процессе в целях обучения и воспитания обучающихся в образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Биология: теория и методика преподавания в образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Формирование культуры питания обучающихся»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Государственное и муниципальное управление”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Клиническая психология»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Консультант в области развития цифровой грамотности населения (цифровой куратор)»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Курс профессиональной переподготовки: Кризисная психология. Оказание психологической помощи в экстремальных ситуациях и при психологических травмах, с присвоением квалификации "Кризисный психолог"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Менеджмент в образовании»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Менеджмент в образовании"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Методическая деятельность в дополнительном образовании  детей и взрослых»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Наставничество как форма социально педагогического сопровождения детей и молодежи на базе общего и профессионального образования"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Няня (работник по присмотру и уходу за детьми)»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Обеспечение комплексной безопасности образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Обработка персональных данных в образовательных организациях»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обучение в области обеспечения доступной среды"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Организация работы педагогических работников психолого-медико-педагогического профиля и специалистов психолого-медико-педагогических комиссий»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Организация служб школьной медиации в образовательных организациях"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Организация социально-педагогической деятельности в условиях реализации ФГОС»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Педагогика дополнительного образования детей и взрослых»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Планирование и реализация дополнительных мероприятий по усилению мер безопасности в образовательных организациях"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Профессиональная этика в психолого-педагогической деятельности  в рамках ФГОС»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Профилактика безнадзорности и правонарушений несовершеннолетних в соответствии с федеральными законами Российской Федерации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Профилактика суицидального поведения у подростков"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Работа классного руководителя по организации взаимодействия семьи и школы»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Руководитель образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Современные педагогические технологии: Эффективное применение в образовательном процессе в контексте реализации ФГОС"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Теория и методика перинатальной психологии»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Теория и практика инклюзивного обучения в образовательной организации в условиях реализации ФГОС"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы  «Управление конфликтами в образовательной организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Воспитание детей дошкольного возраста"</t>
+  </si>
+  <si>
+    <t>Пожарная безопасность</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Испытание пожарных наружных стационарных лестниц и ограждений кровли зданий"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Повышение квалификации для лиц, на которых возложена трудовая функция по проведению противопожарного инструктажа»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Повышение квалификации для ответственных должностных лиц, занимающих должности главных специалистов технического и производственного профиля, должностных лиц, исполняющих их обязанности, на объектах защиты, предназначенных для проживания или временного пребывания 50 и более человек одновременно (за исключением многоэтажных жилых домов), объектов защиты, отнесенных к категориям повышенной взрывопожароопасности, взрывопожароопасности, пожароопасности»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Повышение квалификации для руководителей эксплуатирующих и управляющих организаций, осуществляющих хозяйственную деятельность, связанную с обеспечением пожарной безопасности на объектах защиты, лиц, назначенных ими ответственными за обеспечение пожарной безопасности»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Повышение квалификации для руководителей организаций, лиц, назначенных руководителем организации ответственными за обеспечение пожарной безопасности, в том числе в обособленных структурных подразделениях организации»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Специалист по пожарной профилактике»</t>
+  </si>
+  <si>
+    <t>Промышленная безопасность</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Эксплуатация тепловых электрических станций» Г.2.1</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Эксплуатация тепловых энергоустановок» Обучение административно-технического персонала по ПТЭ ТЭ и ПТБ при эксплуатации ТУ и ТС потребителей»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Монтаж, наладка, обслуживание, ремонт, реконструкция или модернизация подъемных сооружений, применяемых на опасных производственных объектах» Б.9.5.</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Общие требования промышленной безопасности» А.1.</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Разработка месторождений полезных ископаемых открытым способом" Б.4.3.</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Эксплуатация опасных производственных объектов, на которых используются сосуды, работающие под избыточным давлением» Б.8.3.</t>
+  </si>
+  <si>
+    <t>Работы на высоте</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “1 группа. Безопасные методы и приемы выполнения работ на высоте, проводимых без применения инвентарных лесов и подмостей, с использованием систем канатного доступа”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “2 группа. Безопасные методы и приемы выполнения работ на высоте, проводимых без применения инвентарных лесов и подмостей, с использованием систем канатного доступа”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “3 группа. Безопасные методы и приемы выполнения работ на высоте, проводимых без применения инвентарных лесов и подмостей, с использованием систем канатного доступа”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Безопасные методы и приемы работ на высоте с применением средств подмащивания”</t>
+  </si>
+  <si>
+    <t>Сервис, оказание услуг населению</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Специалист по предоставлению маникюрных и педикюрных услуг"</t>
+  </si>
+  <si>
+    <t>Строительство</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Аппаратчик получения углекислоты»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Арматурщик"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Бетонщик"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Безопасность строительства и осуществление строительного контроля"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Безопасность строительства. Организация строительства, реконструкции и капитального ремонта"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Электрогазосварщик"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Электромонтажник по силовым сетям и электрооборудованию"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Электромонтер по ремонту и обслуживанию электрооборудования"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Электросварщик ручной сварки»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Газорезчик»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Генераторщик ацетиленовой установки»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Инженер-лаборант производства строительных материалов"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Курс профессиональной переподготовки: Инженер гражданского и промышленного строительства"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Маляр строительный"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Машинист буровой установки"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Машинист (кочегар) котельной"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Машинист компрессорных установок»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Мастер строительных и монтажных работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Монтажник по монтажу стальных и железобетонных конструкций»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Монтажник строительных лесов и подмостей"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Монтажник технологических трубопроводов"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Монтажник технологического оборудования и связанных с ним конструкций"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Моторист промывочного прибора по извлечению металла"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Наполнитель баллонов»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Ответственный за безопасное выполнение  погрузочно-разгрузочных работ"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Персонал, обслуживающий сосуды, работающие под давлением”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Плотник"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Помощник машиниста буровой установки"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Рабочий люльки”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Слесарь-сантехник"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы «Стропальщик»</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Термист"</t>
+  </si>
+  <si>
+    <t>Судостроение</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Сборщик-достройщик судовой"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Сборщик корпусов металлических судов"</t>
+  </si>
+  <si>
+    <t>Туризм</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Директор туристической фирмы”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Инструктор-проводник”</t>
+  </si>
+  <si>
+    <t>Экология. Отходы</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Обращение с отходами I-IV класса опасности"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Охрана окружающей природной среды и рациональное использование природных ресурсов"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы “Оператор оборудования для утилизации и обезвреживания медицинских и биологических отходов”</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Ответственный по экологической безопасности"</t>
+  </si>
+  <si>
+    <t>Комплект учебной программы "Специалист по экологической безопасности (в промышленности)"</t>
+  </si>
+  <si>
+    <t>Журналы</t>
+  </si>
+  <si>
+    <t>• Бетонные работы</t>
+  </si>
+  <si>
+    <t>• Документооборот, учет</t>
+  </si>
+  <si>
+    <t>• Кафе, рестораны</t>
+  </si>
+  <si>
+    <t>• Контроль здоровья, covid-19</t>
+  </si>
+  <si>
+    <t>• Краны, Подъемники, Вышки, Дорожно-строительные машины</t>
+  </si>
+  <si>
+    <t>• Медосмотры</t>
+  </si>
+  <si>
+    <t>• Монтажные работы</t>
+  </si>
+  <si>
+    <t>• Наряд-допуск</t>
+  </si>
+  <si>
+    <t>• Несчастный случай, Микротравма</t>
+  </si>
+  <si>
+    <t>• Сварочные работы</t>
+  </si>
+  <si>
+    <t>• СИЗ, СС</t>
+  </si>
+  <si>
+    <t>• Тепловые пункты</t>
+  </si>
+  <si>
+    <t>• Экология, Отходы</t>
+  </si>
+  <si>
+    <t>• Электробезопасность, Электрооборудование</t>
+  </si>
+  <si>
+    <t>Бетонные работы</t>
+  </si>
+  <si>
+    <t>Журнал бетонных работ</t>
+  </si>
+  <si>
+    <t>Журнал регистрации результатов испытания контрольных бетонных образцов</t>
+  </si>
+  <si>
+    <t>Журнал замоноличивания монтажных стыков</t>
+  </si>
+  <si>
+    <t>Документооборот, учет</t>
+  </si>
+  <si>
+    <t>Общий журнал работ, в котором ведется учет выполнения работ по строительству, реконструкции, капитальному ремонту объекта капитального строительства</t>
+  </si>
+  <si>
+    <t>Оперативный журнал</t>
+  </si>
+  <si>
+    <t>Журнал приёма-сдачи смен</t>
+  </si>
+  <si>
+    <t>Журнал учета исходящей документации</t>
+  </si>
+  <si>
+    <t>Журнал учета входящей корреспонденции</t>
+  </si>
+  <si>
+    <t>Журнал учёта проверок юридического лица, индивидуального предпринимателя, проводимых органами государственного контроля (надзора), органами муниципального контроля</t>
+  </si>
+  <si>
+    <t>Журнал учёта теоретического обучения</t>
+  </si>
+  <si>
+    <t>Журнал учёта входящих и исходящих документов</t>
+  </si>
+  <si>
+    <t>Журнал выдачи ежедневных заданий</t>
+  </si>
+  <si>
+    <t>Кафе, рестораны</t>
+  </si>
+  <si>
+    <t>Журнал бракеража готовой пищевой продукции</t>
+  </si>
+  <si>
+    <t>Журнал бракеража скоропортящейся пищевой продукции</t>
+  </si>
+  <si>
+    <t>Контроль здоровья, covid-19</t>
+  </si>
+  <si>
+    <t>Журнал инструктажа работников о необходимости соблюдения правил личной и общественной гигиены в целях предупреждения распространения коронавирусной инфекции (COVID-19)</t>
+  </si>
+  <si>
+    <t>Краны, Подъемники, Вышки, Дорожно-строительные машины</t>
+  </si>
+  <si>
+    <t>Вахтенный журнал крановщика</t>
+  </si>
+  <si>
+    <t>Вахтенный журнал машиниста подъёмника</t>
+  </si>
+  <si>
+    <t>Вахтенный журнал строительного подъёмника (сдачи и приёмки смен)</t>
+  </si>
+  <si>
+    <t>Журнал учёта и осмотра стропов</t>
+  </si>
+  <si>
+    <t>Журнал учёта и осмотра такелажных средств, механизмов и приспособлений</t>
+  </si>
+  <si>
+    <t>Журнал учёта и периодического осмотра состояния съёмных грузозахватных приспособлений (СГЗП) и тары</t>
+  </si>
+  <si>
+    <t>Медосмотры</t>
+  </si>
+  <si>
+    <t>Журнал регистрации медицинских осмотров в течение рабочего дня (смены)</t>
+  </si>
+  <si>
+    <t>Журнал регистрации послесменных, послерейсовых медицинских осмотров</t>
+  </si>
+  <si>
+    <t>Журнал регистрации предрейсовых, предсменных медицинских осмотров</t>
+  </si>
+  <si>
+    <t>Монтажные работы</t>
+  </si>
+  <si>
+    <t>Журнал контрольной тарировки динамометрических ключей</t>
+  </si>
+  <si>
+    <t>Журнал контрольной тарировки ключей для натяжения высокопрочных болтов</t>
+  </si>
+  <si>
+    <t>Журнал работ по монтажу строительных конструкций</t>
+  </si>
+  <si>
+    <t>Журнал входного учета и контроля качества получаемых  деталей, материалов, конструкций и оборудования</t>
+  </si>
+  <si>
+    <t>Журнал выполнения монтажных соединений на болтах с контролируемым натяжением</t>
+  </si>
+  <si>
+    <t>Наряд-допуск</t>
+  </si>
+  <si>
+    <t>Книга нарядов</t>
+  </si>
+  <si>
+    <t>Журнал регистрации нарядов-допусков</t>
+  </si>
+  <si>
+    <t>Журнал регистрации нарядов-допусков на производство газоопасных работ</t>
+  </si>
+  <si>
+    <t>Журнал учета работ по нарядам и распоряжениям для работ в электроустановках</t>
+  </si>
+  <si>
+    <t>Журнал учета выдачи нарядов-допусков на производство работ с повышенной опасностью</t>
+  </si>
+  <si>
+    <t>Несчастный случай, Микротравма</t>
+  </si>
+  <si>
+    <t>Журнал регистрации несчастных случаев на производстве</t>
+  </si>
+  <si>
+    <t>Журнал учёта микроповреждений (микротравм) работников</t>
+  </si>
+  <si>
+    <t>Журнал контроля охраны труда</t>
+  </si>
+  <si>
+    <t>Журнал контроля за состоянием охраны труда и противопожарной безопасности</t>
+  </si>
+  <si>
+    <t>Журнал предписаний работника службы охраны труда (специалиста по охране труда)</t>
+  </si>
+  <si>
+    <t>Журнал регистрации актов проверок (предписаний) по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал регистрации прохождения стажировки по охране труда на рабочем месте</t>
+  </si>
+  <si>
+    <t>Журнал регистрации проведения инструктажа по охране труда на рабочем месте (первичный, повторный, внеплановый), а также целевого инструктажа по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал регистрации проверки знаний требований охраны труда работников организации</t>
+  </si>
+  <si>
+    <t>Журнал регистрации входящей документации по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал регистрации вводного инструктажа по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал трехступенчатого контроля за состоянием охраны и условий безопасности труда на рабочих местах</t>
+  </si>
+  <si>
+    <t>Журнал учета инструкций по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал учета теоретического обучения</t>
+  </si>
+  <si>
+    <t>Журнал учета выдачи инструкций по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал учёта занятий по охране труда</t>
+  </si>
+  <si>
+    <t>Журнал осмотра пожарных гидрантов, пожарных кранов и пожарных щитов</t>
+  </si>
+  <si>
+    <t>Журнал осмотра противопожарного состояния помещений перед их закрытием</t>
+  </si>
+  <si>
+    <t>Журнал по учёту противоаварийных и противопожарных тренировок</t>
+  </si>
+  <si>
+    <t>Журнал проверки знаний по правилам пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Журнал регистрации противопожарных инструктажей</t>
+  </si>
+  <si>
+    <t>Журнал регистрации работ по техническому обслуживанию и ремонту автоматических установок пожаротушения, дымоудаления, охранной и пожарно-охранной сигнализации</t>
+  </si>
+  <si>
+    <t>Журнал технического обслуживания огнетушителей</t>
+  </si>
+  <si>
+    <t>Журнал учета и технического обслуживания огнетушителей</t>
+  </si>
+  <si>
+    <t>Журнал учета и технического обслуживания пожарных кранов</t>
+  </si>
+  <si>
+    <t>Журнал учета технического обслуживания и ремонта установок пожарной автоматики</t>
+  </si>
+  <si>
+    <t>Журнал учёта первичных средств пожаротушения</t>
+  </si>
+  <si>
+    <t>Журнал вводного инструктажа по пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Журнал приёмки и осмотра лесов и подмостей</t>
+  </si>
+  <si>
+    <t>Журнал проверки и испытаний монтажных и страховочных поясов</t>
+  </si>
+  <si>
+    <t>Сварочные работы</t>
+  </si>
+  <si>
+    <t>Журнал антикоррозионной защиты сварных соединений</t>
+  </si>
+  <si>
+    <t>Журнал сварочных работ</t>
+  </si>
+  <si>
+    <t>СИЗ, СС</t>
+  </si>
+  <si>
+    <t>Журнал выдачи защитных средств</t>
+  </si>
+  <si>
+    <t>Тепловые пункты</t>
+  </si>
+  <si>
+    <t>Журнал проверки знаний правил технической эксплуатации тепловых энергоустановок</t>
+  </si>
+  <si>
+    <t>Экология, Отходы</t>
+  </si>
+  <si>
+    <t>Журнал учёта образования отходов</t>
+  </si>
+  <si>
+    <t>Журнал учёта ртутьсодержащих отходов</t>
+  </si>
+  <si>
+    <t>Журнал учёта стационарных источников загрязнения и их характеристик</t>
+  </si>
+  <si>
+    <t>Журнал учёта твёрдых коммунальных отходов</t>
+  </si>
+  <si>
+    <t>Электробезопасность, Электрооборудование</t>
+  </si>
+  <si>
+    <t>Журнал дефектов и неполадок на электрооборудовании</t>
+  </si>
+  <si>
+    <t>Журнал для оперативно-ремонтного персонала</t>
+  </si>
+  <si>
+    <t>Журнал испытаний средств защиты из диэлектрической резины и полимерных материалов</t>
+  </si>
+  <si>
+    <t>Журнал учета, проверки и испытаний электроинструмента и вспомогательного оборудования</t>
+  </si>
+  <si>
+    <t>Журнал учета проверки знаний правил работы в электроустановках</t>
+  </si>
+  <si>
+    <t>Журнал учёта и содержания средств защиты</t>
+  </si>
+  <si>
+    <t>Журнал учёта присвоения группы I по электробезопасности неэлектротехническому персоналу</t>
+  </si>
+  <si>
+    <t>Журнал учёта проверки знаний норм и правил работы в электроустановках для организаций электроэнергетики</t>
+  </si>
+  <si>
+    <t>Журнал учёта работ по нарядам-допускам и распоряжениям для работы в электроустановках</t>
+  </si>
+  <si>
+    <t>Журнал учёта выдачи электроинструмента</t>
+  </si>
+  <si>
+    <t>Журнал учёта выдачи и возврата ключей от электроустановок</t>
+  </si>
+  <si>
+    <t>Инструктажи</t>
+  </si>
+  <si>
+    <t>• Безопасность дорожного движения (инструктажи)</t>
+  </si>
+  <si>
+    <t>• Охрана труда (инструктажи)</t>
+  </si>
+  <si>
+    <t>• Противопожарные инструктажи</t>
+  </si>
+  <si>
+    <t>• Электробезопасность (инструктажи)</t>
+  </si>
+  <si>
+    <t>Безопасность дорожного движения (инструктажи)</t>
+  </si>
+  <si>
+    <t>Программа проведения инструктажей по безопасности дорожного движения для водительского состава</t>
+  </si>
+  <si>
+    <t>Охрана труда (инструктажи)</t>
+  </si>
+  <si>
+    <t>Программа первичного инструктажа по охране труда на рабочем месте для всех рабочих специальностей</t>
+  </si>
+  <si>
+    <t>Программа вводного инструктажа по охране труда</t>
+  </si>
+  <si>
+    <t>Противопожарные инструктажи</t>
+  </si>
+  <si>
+    <t>Программа первичного противопожарного инструктажа на рабочем месте</t>
+  </si>
+  <si>
+    <t>Программа вводного противопожарного инструктажа</t>
+  </si>
+  <si>
+    <t>Электробезопасность (инструктажи)</t>
+  </si>
+  <si>
+    <t>Программа первичного инструктажа по вопросам электробезопасности</t>
+  </si>
+  <si>
+    <t>Инструкции должностные</t>
+  </si>
+  <si>
+    <t>• Авиация (ДИ)</t>
+  </si>
+  <si>
+    <t>• Бьюти индустрия (ДИ)</t>
+  </si>
+  <si>
+    <t>• Горнодобывающая промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>• Дорожное строительство (ДИ)</t>
+  </si>
+  <si>
+    <t>• Инженерно-технические работники (ДИ)</t>
+  </si>
+  <si>
+    <t>• Коммерция (ДИ)</t>
+  </si>
+  <si>
+    <t>• Лесная промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>• Мебельное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>• Медицинский персонал (ДИ)</t>
+  </si>
+  <si>
+    <t>• Обслуживающий персонал (ДИ)</t>
+  </si>
+  <si>
+    <t>• Пищевая промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>• Склад (ДИ)</t>
+  </si>
+  <si>
+    <t>• Строительное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>• Судостроительное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>• Транспорт (ДИ)</t>
+  </si>
+  <si>
+    <t>• Туризм (ДИ)</t>
+  </si>
+  <si>
+    <t>Авиация (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бортмеханик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по эксплуатации аэро- и радиоэлектронного оборудования воздушного судна</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по эксплуатации воздушного судна</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Командир воздушного судна</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник летно-технического отдела (ЛТО)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Руководитель обособленного подразделения</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Врач летного состава</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Второй пилот вертолёта</t>
+  </si>
+  <si>
+    <t>Бьюти индустрия (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Дамский мастер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер ногтевого сервиса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мужской мастер</t>
+  </si>
+  <si>
+    <t>Горнодобывающая промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор (Горнодобывающая организация)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Доводчик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Геодезист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Геолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Главный геолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Горный мастер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Моторист промывочного прибора по извлечению металла</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Помощник машиниста буровой установки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Промывальщик геологических проб</t>
+  </si>
+  <si>
+    <t>Дорожное строительство (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Асфальтобетонщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Дорожный рабочий</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер дорожного участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник асфальтобетонной установки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Помощник мастера дорожного участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий по укладке асфальтобетона</t>
+  </si>
+  <si>
+    <t>Инженерно-технические работники (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Административный директор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бухгалтер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бухгалтер 1 категории</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бухгалтер-материалист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор организации</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Экономист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Энергетик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Энергетик участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Главный бухгалтер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Главный механик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инспектор по кадрам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер-электрик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер-конструктор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер материально-технического снабжения</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер отдела технического контроля (ОТК)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по эксплуатации зданий и сооружений</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по наладке и испытаниям</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по подготовке производства</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по проектно-сметной работе</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по снабжению</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер производственно-технического отдела (ПТО)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер-технолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Исполнительный директор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер хозяйственных работ</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Механик участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Менеджер по снабжению</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник базы охраны</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник лаборатории неразрушающего контроля</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник отдела снабжения</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник планово-экономического отдела</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник производства</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник производственно-технического отдела</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Офис-менеджер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Переводчик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Руководитель</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Секретарь руководителя</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Сервисный инженер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Системный администратор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Снабженец</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по диагностике и центровке</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по кадрам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по материально-техническому снабжению</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по охране труда</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по ВЭД</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по закупкам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по закупочной деятельности</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Техник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Юрист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель директора</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель директора по экономическим вопросам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель директора по экономической безопасности</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель директора по производству</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель генерального директора по режиму и сохранности</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель главного бухгалтера</t>
+  </si>
+  <si>
+    <t>Коммерция (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Администратор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Дежурный администратор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Дизайнер, менеджер по рекламе</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Менеджер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Менеджер активных продаж</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник отдела продаж</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор отдела продаж</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Специалист по маркетингу</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Старший администратор</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Старший кассир</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Торговый представитель</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Товаровед</t>
+  </si>
+  <si>
+    <t>Лесная промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бригадир лесопожарной группы (бригады)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Чокеровщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор (Лесозаготовительная организация)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор по лесным ресурсам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер-лесопатолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по охране и защите леса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инженер по отводу лесосек</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Контролер-приемщик (Лесозаготовительная организация)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Контролёр лесозаготовительного производства</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Лаборант строительных материалов</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Лесной пожарный</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Маркировщик (лесозаготовки)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер леса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер погрузки (Лесозаготовительная организация)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер-технолог лесозаготовки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Механик лесозаготовительного участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Моторист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник лесопожарной станции (ЛПС)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник лесозаготовительного участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник тепличного комплекса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор агрегатных линий сортировки и переработки бревен</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор связи (лесопожарной станции)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Помощник вальщика</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Приемосдатчик лесоматериалов</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий по отводу лесосек</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий зеленого хозяйства</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Раскряжевщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь по ремонту автотракторной техники и пожарного оборудования</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь по ремонту лесозаготовительного оборудования</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Станочник деревоперерабатывающих станков</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Тракторист на подготовке лесосек</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Тракторист (Сельское хозяйство)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Вальщик леса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Ведущий инженер по лесным ресурсам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заместитель начальника тепличного комплекса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заточник деревоперерабатывающего инструмента</t>
+  </si>
+  <si>
+    <t>Мебельное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Сборщик мебели</t>
+  </si>
+  <si>
+    <t>Медицинский персонал (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Фельдшер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Медицинская сестра процедурной</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Медицинский работник по проведению предрейсового осмотра водителей</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Старшая медицинская сестра</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заведующий санаторием-профилакторием</t>
+  </si>
+  <si>
+    <t>Обслуживающий персонал (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Дворник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Горничная</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Охранник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий комплексной бригады</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Разнорабочий</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Сторож</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Технический работник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Уборщица</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Уборщик служебных помещений</t>
+  </si>
+  <si>
+    <t>Пищевая промышленность (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Купажист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор линии розлива (Производство безалкогольных напитков)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор линии выдува (Производство безалкогольных напитков)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Повар</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий кухни</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий линии выдува</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий по приготовлению пищи</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Старший повар</t>
+  </si>
+  <si>
+    <t>Склад (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Грузчик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Кладовщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Кладовщик-грузчик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Подсобный рабочий</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Рабочий по уходу за хозяйством</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Работник склада</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заведующий административно-хозяйственной технической частью</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заведующий хозяйством</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Заведующий складом</t>
+  </si>
+  <si>
+    <t>Строительное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бетонщик-формовщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бригадир</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бригадир сантехников</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Бригадир столяров</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор по производству</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электрогазосварщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электромеханик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электромонтер по ремонту и обслуживанию электрооборудования</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электрослесарь по обслуживанию и ремонту оборудования</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электрослесарь (слесарь) дежурный и по ремонту оборудования</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электросварщик ручной сварки (3-6 разряд)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Контролер базы</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер по ремонту</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Мастер участка по производству железобетонных изделий</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник цеха</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник участка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник участка бетонно-растворного узла (БРУ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Начальник участка (Строительство)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор бетонно-растворного узла (БРУ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор дробильной установки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор форматно-раскроечного станка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор кромко-облицовочного станка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Плотник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Плотник-бетонщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Производитель работ (прораб)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Производственный мастер (Строительство)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Сантехник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь-электромонтажник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь-ремонтник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь-сантехник</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Станочник-распиловщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Старший технолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Столяр</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Стропальщик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Технолог</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Технолог бетонно-растворного узла (БРУ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Технолог по сварке</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Токарь</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Токарь-расточник</t>
+  </si>
+  <si>
+    <t>Судостроительное производство (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Директор (Судостроительная организация)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Электромонтажник судовой (2-5 разряд)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Сборщик-достройщик судовой (2-5 разряд)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь-монтажник судовой (2-5 разряд)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь по сборке металлоконструкций</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Трубопроводчик судовой (2-5 разряд)</t>
+  </si>
+  <si>
+    <t>Транспорт (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Автоэлектрик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Автослесарь</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Диспетчер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист автогрейдера</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист бульдозера</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист бурильно-крановой самоходной машины</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист буровой установки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист дорожно-транспортных машин</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист экскаватора</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист катка</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист крана автомобильного</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист лесозаготовительной машины Форвардер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист лесозаготовительной машины Харвестер</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист лесозаготовительной техники</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист СДМ</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Машинист трелевочной машины</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Механик по автотранспорту</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Механик по карьерным экскаваторам</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Моторист-агрегатчик</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Оператор автогрейдера</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь механосборочных работ</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Слесарь по ремонту автомобилей</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Тракторист</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель автомобиля</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель автомобиля (грузового)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель автомобиля (легкового)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель автомобиля на вывозке леса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель автотопливозаправщика</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель бензовоза</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель-экспедитор грузового автомобиля</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель эвакуатора</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель категории В, С</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель лесовоза на вывозку леса</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель миксера</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель погрузчика</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель самосвала</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель снегоболотохода</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель вахтовки</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Водитель вахтового автомобиля</t>
+  </si>
+  <si>
+    <t>Туризм (ДИ)</t>
+  </si>
+  <si>
+    <t>Должностная инструкция: Инструктор по спортивному и любительскому рыболовству</t>
+  </si>
+  <si>
+    <t>Инструкции по охране труда</t>
+  </si>
+  <si>
+    <t>• Авиация (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Бьюти индустрия (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Горнодобывающая промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Дорожное строительство (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Инженерно-технические работники (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Коммерция (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Лесная промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Мебельное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Медицинский персонал (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Обслуживающий персонал (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Пищевая промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>• По видам работ (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Склад (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Строительное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Судостроительное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Транспорт (ИОТ)</t>
+  </si>
+  <si>
+    <t>• Туризм (ИОТ)</t>
+  </si>
+  <si>
+    <t>Авиация (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бортмеханик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Для экипажа вертолета МИ-8</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по эксплуатации аэро- и радиоэлектронного оборудования воздушного судна</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по эксплуатации воздушного судна</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Командир воздушного судна</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник ЛТО (Летно-технический отдел)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Руководитель обособленного подразделения</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Врач летного состава</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Второй пилот вертолета</t>
+  </si>
+  <si>
+    <t>Тестовый товар 0092</t>
+  </si>
+  <si>
+    <t>Бьюти индустрия (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Дамский мастер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер ногтевого сервиса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мужской мастер</t>
+  </si>
+  <si>
+    <t>Горнодобывающая промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Доводчик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Геодезист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Геолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Главный геолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Горный мастер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Моторист промывочного прибора по извлечению металла</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Помощник машиниста буровой установки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Промывальщик геологических проб</t>
+  </si>
+  <si>
+    <t>Дорожное строительство (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Асфальтобетонщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Дорожный рабочий</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер дорожного участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник асфальтобетонной установки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Помощник мастера дорожного участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий по укладке асфальтобетона</t>
+  </si>
+  <si>
+    <t>Инженерно-технические работники (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Административный директор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бухгалтер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бухгалтер 1 категории</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бухгалтер-материалист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Директор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Экономист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Энергетик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Энергетик участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Главный бухгалтер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Главный механик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инспектор по кадрам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер-электрик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер-конструктор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер материально-технического снабжения</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер ОТК (отдел технического контроля)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по эксплуатации зданий и сооружений</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по наладке и испытаниям</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по подготовке производства</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по проектно-сметной работе</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по снабжению</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер ПТО</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер-технолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Исполнительный директор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер хозяйственных работ</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Механик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Механик участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Менеджер по снабжению</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник базы</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник лаборатории неразрушающего контроля</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник отдела снабжения</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник планово-экономического отдела</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник производства</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник производственно-технического отдела</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Офис-менеджер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Переводчик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Руководитель</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Секретарь руководителя</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Сервисный инженер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Системный администратор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Снабженец</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по диагностике и центровке</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по кадрам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по материально-техническому снабжению</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по охране труда</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по пожарной безопасности</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по ВЭД</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по закупкам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по закупочной деятельности</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Техник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Юрист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель директора</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель директора  по экономическим вопросам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель директора по экономической безопасности</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель директора по производству</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель директора по режиму и сохранности</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель главного бухгалтера</t>
+  </si>
+  <si>
+    <t>Коммерция (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Администратор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Дежурный администратор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Дизайнер, менеджер по рекламе</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Менеджер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Менеджер активных продаж</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник отдела продаж</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор отдела продаж</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Специалист по маркетингу</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Старший администратор</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Старший кассир</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Торговый представитель</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Товаровед</t>
+  </si>
+  <si>
+    <t>Лесная промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бригадир лесопожарной группы (бригады)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Чокеровщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Директор по лесным ресурсам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер-лесопатолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по охране и защите леса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инженер по отводу лесосек</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Контролёр лесозаготовительного производства</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Контролёр-приёмщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Лаборант строительных материалов</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Лесной пожарный</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Маркировщик (лесозаготовки)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер леса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер погрузки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер-технолог лесозаготовки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Механик лесозаготовительного участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Моторист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник лесопожарной станции (ЛПС)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник лесозаготовительного участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник тепличного комплекса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор агрегатных линий сортировки и переработки бревен</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор связи</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Помощник вальщика</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Приемосдатчик лесоматериалов</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий по отводу лесосек</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий зелёного хозяйства</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Раскряжевщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь по ремонту лесозаготовительного оборудования</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Станочник деревоперерабатывающих станков</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Тракторист на подготовке лесосек</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Тракторист (сельское хозяйство)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Вальщик леса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Ведущий инженер по лесным ресурсам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заместитель начальника тепличного комплекса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заточник деревоперерабатывающего инструмента</t>
+  </si>
+  <si>
+    <t>Мебельное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Сборщик мебели</t>
+  </si>
+  <si>
+    <t>Медицинский персонал (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Фельдшер предрейсового медосмотра</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Медицинская сестра процедурной</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Медицинский работник по проведению предрейсового осмотра водителей</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Старшая медицинская сестра</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заведующий санаторием-профилакторием</t>
+  </si>
+  <si>
+    <t>Обслуживающий персонал (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Дворник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Горничная</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Охранник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий комплексной бригады</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Разнорабочий</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Сторож</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Технический работник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Уборщица</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Уборщик служебных помещений</t>
+  </si>
+  <si>
+    <t>Пищевая промышленность (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Купажист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор линии розлива</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор линии выдува</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Повар</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий кухни</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий линии выдува</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий по приготовлению пищи</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Старший повар</t>
+  </si>
+  <si>
+    <t>По видам работ (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: О мерах противопожарной безопасности</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: По безопасному ведению работ с использованием люльки, подъемника (вышки)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: По оказанию первой помощи пострадавшим</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: По присвоению I группы по электробезопасности для неэлектротехнического персонала</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При движении автомобиля (транспортного средства) и стоянки в темное время суток</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При эксплуатации электроустановок до 1000 Вт</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При малярных работах</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При погрузочно-разгрузочных работах</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работах на высоте</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работах в замкнутых пространствах</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе на гидравлических прессах</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе на персональном компьютере</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе на станках (Фрезерный станок, токарный станок (токарно-винторезный станок) заточный станок)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе на территории лесного фонда</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе при низких температурах на открытом воздухе и в неотапливаемых помещениях</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При работе с инструментом и приспособлениями</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При ремонтных, монтажных и демонтажных работах</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При управлении автомобилем</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При выполнении огневых (газорезательных, сварочных) работ</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: При земляных работах</t>
+  </si>
+  <si>
+    <t>Склад (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Грузчик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Кладовщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Кладовщик-грузчик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Подсобный рабочий</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Рабочий по уходу за хозяйством</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Работник склада</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заведующий административно-хозяйственной технической частью</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заведующий хозяйством</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Заведующий складом</t>
+  </si>
+  <si>
+    <t>Строительное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бетонщик-формовщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бригадир</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бригадир сантехников</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Бригадир столяров</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Директор по производству</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электрогазосварщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электромеханик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электромонтер по ремонту и обслуживанию электрооборудования</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электрослесарь по обслуживанию и ремонту оборудования</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электрослесарь (слесарь) дежурный и по ремонту электрооборудования</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электросварщик ручной сварки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Контролер базы</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер по ремонту</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Мастер участка по производству железобетонных изделий</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник цеха</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник участка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник участка БРУ</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Начальник участка (Строительство)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор БРУ (Бетонно-растворная установка)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор дробильной установки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор форматно-раскроечного станка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор кромко-облицовочного станка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Плотник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Плотник-бетонщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Производитель работ (Прораб)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Производственный мастер</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Сантехник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь-электромонтажник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь-ремонтник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь-сантехник</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Станочник-распиловщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Старший технолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Столяр</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Стропальщик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Технолог</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Технолог по сварке (Руководитель работ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Токарь</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Токарь-расточник</t>
+  </si>
+  <si>
+    <t>Судостроительное производство (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Электромонтажник судовой</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Сборщик-достройщик судовой</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь-монтажник судовой</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь по сборке металлоконструкций</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Трубопроводчик судовой</t>
+  </si>
+  <si>
+    <t>Транспорт (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Автоэлектрик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Автослесарь</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист автогрейдера</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист бульдозера</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист бурильно-крановой самоходной машины</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист буровой установки</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист дорожно-транспортных машин</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист экскаватора</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист Форвардера</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист Харвестера</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист катка</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист крана автомобильного</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист лесозаготовительной техники</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист СДМ</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Машинист трелевочной машины</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Механик по автотранспорту</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Механик по карьерным экскаваторам</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Моторист-агрегатчик</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Оператор автогрейдера</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь механосборочных работ</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Слесарь по ремонту автомобилей</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Тракторист</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель автомобиля</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель автомобиля (грузового)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель автомобиля на вывозке леса</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель бензовоза</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель-экспедитор грузового автомобиля</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель категории B</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель лесовоза</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель погрузчика</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Водитель вахтового автомобиля</t>
+  </si>
+  <si>
+    <t>Туризм (ИОТ)</t>
+  </si>
+  <si>
+    <t>Инструкция по охране труда: Инструктор по спортивному и любительскому рыболовству</t>
+  </si>
+  <si>
+    <t>Обучение онлайн</t>
+  </si>
+  <si>
     <t>• Автомобильная отрасль</t>
   </si>
   <si>
-    <t>• Архитектура, проектирование, геодезия, топография и дизайн</t>
-[...71 lines deleted...]
-    <t>Цена руб.</t>
+    <t>• Гражданская оборона и защита от чрезвычайных ситуаций</t>
+  </si>
+  <si>
+    <t>• Жилищно-коммунальное хозяйство (ЖКХ)</t>
+  </si>
+  <si>
+    <t>• Сервис, оказание услуг</t>
+  </si>
+  <si>
+    <t>• Тестирование по промышленной безопасности</t>
   </si>
   <si>
     <t>Автомобильная отрасль</t>
   </si>
   <si>
-    <t>Комплект учебной программы "Контролер технического состояния автотранспортных средств" (повышение квалификации)</t>
-[...2638 lines deleted...]
-  <si>
     <t>Повышение квалификации: Контролер технического состояния автотранспортных средств</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Контролер технического состояния автотранспортных средств</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Специалист по техническому диагностированию и контролю технического состояния автотранспортных средств при периодическом техническом осмотре</t>
   </si>
   <si>
     <t>Профессиональное обучение: Слесарь по ремонту автомобилей</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: "Геодезия" с присвоением квалификации "Геодезист"</t>
   </si>
   <si>
     <t>Профессиональное обучение: Замерщик на топографо-геодезических и маркшейдерских работах</t>
   </si>
   <si>
     <t>Гражданская оборона и защита от чрезвычайных ситуаций</t>
   </si>
   <si>
     <t>Антитеррористическая защищенность образовательной организации</t>
   </si>
   <si>
     <t>Антитеррористическая защищенность организаций от террористических угроз и иных экстремистских проявлений</t>
@@ -3018,141 +3030,144 @@
   <si>
     <t>Обучение по охране труда для мастеров, бригадиров и работников</t>
   </si>
   <si>
     <t>Обучение по охране труда для руководителей предприятий, филиалов, структурных подразделений, руководителей подразделений (отделов), членов аттестационной комиссии</t>
   </si>
   <si>
     <t>Обучение по охране труда для специалистов (офисных работников)</t>
   </si>
   <si>
     <t>Оказание первой помощи пострадавшим</t>
   </si>
   <si>
     <t>Охрана труда. Профессиональная переподготовка с присвоением квалификации: Специалист по охране труда</t>
   </si>
   <si>
     <t>Техносферная безопасность. Профессиональная переподготовка с присвоением квалификации «Инженер по охране труда»</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Методист образовательного учреждения в сфере электронного образования (ПД-ПП-02)</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Преподаватель образовательного учреждения в сфере электронного образования (ПД-ПП-07)</t>
   </si>
   <si>
+    <t>Профессиональная переподготовка: Руководитель образовательного учреждения в сфере электронного образования (ПД-ПП-01)</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Безопасное использование сайтов в сети "Интернет" в образовательном процессе в целях обучения и воспитания обучающихся в образовательной организации</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Формирование культуры питания обучающихся</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Менеджер образовательной организации в сфере электронного образования</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Менеджмент в образовании</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Методист образовательного учреждения в сфере электронного образования (ПД-ПК-06)</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Наставничество как форма социально педагогического сопровождения детей и молодежи на базе общего и профессионального образования</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Обеспечение комплексной безопасности образовательной организации</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Обработка персональных данных в образовательных организациях</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Обучение в области обеспечения доступной среды</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Организация работы педагогических работников психолого-медико-педагогического профиля и специалистов психолого-медико-педагогических комиссий</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Организация служб школьной медиации в образовательных организациях</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Планирование и реализация дополнительных мероприятий по усилению мер безопасности в образовательных организациях</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Профессиональная этика  в психолого-педагогической деятельности в рамках ФГОС</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Профилактика безнадзорности и правонарушений несовершеннолетних в соответствии с федеральными законами Российской Федерации</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Профилактика суицидального поведения у подростков</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Работа классного руководителя по организации взаимодействия семьи и школы</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Современные педагогические технологии: Эффективное применение в образовательном процессе в контексте реализации ФГОС</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Теория и практика инклюзивного обучения в образовательной организации в условиях реализации ФГОС</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Управление конфликтами в образовательной организации</t>
+  </si>
+  <si>
+    <t>Повышение квалификации: Преподаватель образовательного учреждения в сфере электронного образования (ПД-ПК-07)</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Биология: теория и методика преподавания в образовательной организации</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Государственное и муниципальное управление</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Клиническая психология</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Консультант в области развития цифровой грамотности населения (цифровой куратор)</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Кризисная психология. Оказание психологической помощи в экстремальных ситуациях и при психологических травмах, с присвоением квалификации "Кризисный психолог"</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Менеджмент в образовании</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Методическая деятельность в дополнительном образовании детей и взрослых</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Няня (работник по присмотру и уходу за детьми)</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка: Организация социально-педагогической деятельности в условиях реализации ФГОС</t>
+  </si>
+  <si>
     <t>Профессиональная переподготовка: Педагогика дополнительного образования детей и взрослых</t>
-  </si>
-[...88 lines deleted...]
-    <t>Профессиональная переподготовка: Организация социально-педагогической деятельности в условиях реализации ФГОС</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Руководитель образовательной организации</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Теория и методика перинатальной психологии</t>
   </si>
   <si>
     <t>Профессиональная переподготовка: Воспитание детей дошкольного возраста</t>
   </si>
   <si>
     <t>Профессиональное обучение: Ассистент по оказанию технической помощи инвалидам и лицам с ограниченными возможностями здоровья</t>
   </si>
   <si>
     <t>Повышение квалификации: Руководитель филиала образовательного учреждения в сфере электронного образования (ПД-ПК-14)</t>
   </si>
   <si>
     <t>Повышение квалификации: Руководитель образовательного учреждения в сфере электронного образования (ПД-ПК-12)</t>
   </si>
   <si>
     <t>Повышение квалификации: Руководитель структурного подразделения образовательного учреждения в сфере электронного образования (ПД-ПК-13)</t>
   </si>
   <si>
     <t>Повышение квалификации для лиц, на которых возложена трудовая функция по проведению противопожарного инструктажа</t>
   </si>
@@ -4106,71 +4121,71 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/wp-action/json.php?action=publicPrice" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-povyshenie-kvalifikaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-professionalnaya-perepodgotovka/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-zamershhik-na-topografo-geodezicheskih-i-markshejderskih-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-antiterroristicheskaya-zashhishhennost-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-antiterroristicheskaya-zashhishhennost-organizaczij-ot-terroristicheskih-ugroz-i-inyh-ekstremistskih-proyavlenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-preduprezhdeniyu-i-likvidaczii-chrezvychajnyh-situaczii-i-obespecheniyu-pozharnoj-bezopasnosti-organizaczij-po-voprosam-grazhdanskoj-obo/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-rabotayushhego-naseleniya-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-rukovoditelej-organizaczij-v-oblasti-grazhdanskoj-oborony-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-rukovoditelej-organizaczij-glav-mestnyh-administraczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-profilaktika-i-preduprezhdenie-terrorizma-i-ekstremizma/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/dobycha-pererabotka-uglya-rud-i-drugih-poleznyh-iskopaemyh-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/zhkh/komplekt-uchebnoj-programmy-speczialist-po-priemu-hraneniyu-i-otgruzke-nefti-i-nefteproduktov-s-prisvoeniem-kvalifikaczii-kladovshhik-goryuche-smazochnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-provedeniyu-oczenki-professionalnyh-riskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-speczialnoj-oczenke-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-proizvodstvennyj-kontrol-za-soblyudeniem-sanitarnyh-pravil-i-vypolneniem-sanitarno-protivoepidemicheskih-meropriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-speczialnaya-oczenka-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-osobennosti-oformleniya-kadrovyh-dokumentov-i-organizacziya-kadrovogo-deloproizvodstva-s-prisvoeniem-kvalifikaczii-speczialist-po-kadrovomu-deloproizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-sekretar-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-organizaczionnomu-i-dokumentaczionnomu-obespecheniyu-upravleniya-organizacziej/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-podboru-i-oczenke-personala-starshij-rekruter/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-upravleniyu-personalom/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-statistik/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-upravlenie-gosudarstvennymi-i-municzipalnymi-zakupkami/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-upravlenie-personalom-i-oformlenie-trudovyh-otnoshenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/marketing/komplekt-uchebnoj-programmy-speczialist-po-internet-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/mediczina/komplekt-uchebnoj-programmy-profilaktika-koronavirusa-grippa-i-drugih-ostryh-respiratornyh-virusnyh-infekczij-v-obshheobrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/mediczina/komplekt-uchebnoj-programmy-radiaczionnaya-bezopasnost-i-proizvodstvennyj-kontrol-pri-ekspluataczii-mediczinskih-rentgenovskih-apparatov-po-speczialnosti-rentgenologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/obshhestvennoe-pitanie/komplekt-uchebnoj-programmy-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-i-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-ii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-iii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-ispolzovanie-primenenie-sredstv-individualnoj-zashhity-dlya-instruktorov-prepodavatelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-10/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-11/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-15/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-16/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-17/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-4/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-6/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-7/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-8/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-9/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-pri-vozdejstvii-vrednyh-i-ili-opasnyh-proizvodstvennyh-faktorov-istochnikov-opasnosti-identificzirovan/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-po-ispolzovaniyu-primeneniyu-sredstv-individualnoj-zashhity/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-po-obshhim-voprosam-ohrany-truda-i-funkczionirovaniya-sistemy-upravleniya-ohranoj-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-okazanie-pervoj-pomoshhi-postradavshim/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/professionalnaya-perepodgotovka/komplekt-uchebnoj-programmy-ohrana-truda-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/professionalnaya-perepodgotovka/komplekt-uchebnoj-programmy-tehnosfernaya-bezopasnost-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-inzhener-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-assistent-pomoshhnik-po-okazaniyu-tehnicheskoj-pomoshhi-invalidam-i-liczam-s-ogranichennymi-vozmozhnostyami-zdorovya/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-bezopasnoe-ispolzovanie-sajtov-v-seti-internet-v-obrazovatelnom-proczesse-v-czelyah-obucheniya-i-vospitaniya-obuchayushhihsya-v-obrazovatelnoj-organizaczi/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-biologiya-teoriya-i-metodika-prepodavaniya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-formirovanie-kultury-pitaniya-obuchayushhihsya/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-gosudarstvennoe-i-municzipalnoe-upravlenie/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-klinicheskaya-psihologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-konsultant-v-oblasti-razvitiya-czifrovoj-gramotnosti-naseleniya-czifrovoj-kurator/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-kurs-professionalnoj-perepodgotovki-krizisnaya-psihologiya-okazanie-psihologicheskoj-pomoshhi-v-ekstremalnyh-situacziyah-i-pri-psihologicheskih-travmah-s-prisvoeniem-k/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-menedzhment-v-obrazovanii-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-metodicheskaya-deyatelnost-v-dopolnitelnom-obrazovanii-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-nastavnichestvo-kak-forma-soczialno-pedagogicheskogo-soprovozhdeniya-detej-i-molodezhi-na-baze-obshhego-i-professionalnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-nyanya-rabotnik-po-prismotru-i-uhodu-za-detmi/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obespechenie-kompleksnoj-bezopasnosti-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obrabotka-personalnyh-dannyh-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obuchenie-v-oblasti-obespecheniya-dostupnoj-sredy/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-raboty-pedagogicheskih-rabotnikov-psihologo-mediko-pedagogicheskogo-profilya-i-speczialistov-psihologo-mediko-pedagogicheskih-komissij/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-raboty-s-obuchayushhimisya-s-ogranichennymi-vozmozhnostyami-zdorovya-ovz-v-sootvetstvii-s-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-sluzhb-shkolnoj-mediaczii-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-soczialno-pedagogicheskoj-deyatelnosti-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-pedagogika-dopolnitelnogo-obrazovaniya-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-planirovanie-i-realizacziya-dopolnitelnyh-meropriyatij-po-usileniyu-mer-bezopasnosti-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-professionalnaya-etika-v-psihologo-pedagogicheskoj-deyatelnosti-v-ramkah-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-profilaktika-beznadzornosti-i-pravonarushenij-nesovershennoletnih-v-sootvetstvii-s-federalnymi-zakonami-rossijskoj-federaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-profilaktika-suiczidalnogo-povedeniya-u-podrostkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-rabota-klassnogo-rukovoditelya-po-organizaczii-vzaimodejstviya-semi-i-shkoly/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-rukovoditel-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-sovremennye-pedagogicheskie-tehnologii-effektivnoe-primenenie-v-obrazovatelnom-proczesse-v-kontekste-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-teoriya-i-metodika-perinatalnoj-psihologii/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-teoriya-i-praktika-inklyuzivnogo-obucheniya-v-obrazovatelnoj-organizaczii-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-upravlenie-konfliktami-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-vospitanie-detej-doshkolnogo-vozrasta/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-ispytanie-pozharnyh-naruzhnyh-staczionarnyh-lestnicz-i-ograzhdenij-krovli-zdanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-licz-na-kotoryh-vozlozhena-trudovaya-funkcziya-po-provedeniyu-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-otvetstvennyh-dolzhnostnyh-licz-zanimayushhih-dolzhnosti-glavnyh-speczialistov-tehnicheskogo-i-proizvodstvennogo-profilya-dolzhnostnyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-rukovoditelej-ekspluatiruyushhih-i-upravlyayushhih-organizaczij-osushhestvlyayushhih-hozyajstvennuyu-deyatelnost-svyazannuyu-s-obespec/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-rukovoditelej-organizaczij-licz-naznachennyh-rukovoditelem-organizaczii-otvetstvennymi-za-obespechenie-pozharnoj-bezopasnosti-v-tom-c/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-speczialist-po-pozharnoj-profilaktike/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-ekspluatacziya-teplovyh-elektricheskih-stanczij-g-2-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-ekspluatacziya-teplovyh-energoustanovok-obuchenie-administrativno-tehnicheskogo-personala-po-pte-te-i-ptb-pri-ekspluataczii-tu-i-ts-potrebitelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-montazh-naladka-obsluzhivanie-remont-rekonstrukcziya-ili-modernizacziya-podemnyh-sooruzhenij-primenyaemyh-na-opasnyh-proizvodstvennyh-obektah-b-9-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-obshhie-trebovaniya-promyshlennoj-bezopasnosti-a-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-razrabotka-mestorozhdenij-poleznyh-iskopaemyh-otkrytym-sposobom-b-4-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-trebovaniya-promyshlennoj-bezopasnosti-k-oborudovaniya-rabotayushhemu-pod-davleniem-b-8-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-1-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-2-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-3-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-rabot-na-vysote-s-primeneniem-sredstv-podmashhivaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/servis-okazanie-uslug-naseleniyu/komplekt-uchebnoj-programmy-speczialist-po-predostavleniyu-manikyurnyh-i-pedikyurnyh-uslug/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-apparatchik-polucheniya-uglekisloty/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-armaturshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-bezopasnost-stroitelstva-i-osushhestvlenie-stroitelnogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-bezopasnost-stroitelstva-organizacziya-stroitelstva-rekonstrukczii-i-kapitalnogo-remonta/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektromontazhnik-po-silovym-setyam-i-elektrooborudovaniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektrosvarshhik-ruchnoj-svarki/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-gazorezchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-generatorshhik-aczetilenovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-inzhener-laborant-proizvodstva-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-kurs-professionalnoj-perepodgotovki-inzhener-grazhdanskogo-i-promyshlennogo-stroitelstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-malyar-stroitelnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-kochegar-kotelnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-kompressornyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-master-stroitelnyh-i-montazhnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-po-montazhu-stalnyh-i-zhelezobetonnyh-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-stroitelnyh-lesov-i-podmostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-tehnologicheskih-truboprovodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-tehnologicheskogo-oborudovaniya-i-svyazannyh-s-nim-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-napolnitel-ballonov/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-otvetstvennyj-za-bezopasnoe-vypolnenie-pogruzochno-razgruzochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-personal-obsluzhivayushhij-sosudy-rabotayushhie-pod-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-rabochij-lyulki/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-termist/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/sudostroenie/komplekt-uchebnoj-programmy-sborshhik-dostrojshhik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/sudostroenie/komplekt-uchebnoj-programmy-sborshhik-korpusov-metallicheskih-sudov/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/turizm/komplekt-uchebnoj-programmy-direktor-turisticheskoj-firmy/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/turizm/komplekt-uchebnoj-programmy-instruktor-provodnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-obrashhenie-s-othodami-i-iv-klassa-opasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-ohrana-okruzhayushhej-prirodnoj-sredy-i-raczionalnoe-ispolzovanie-prirodnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-operator-oborudovaniya-dlya-utilizaczii-i-obezvrezhivaniya-mediczinskih-i-biologicheskih-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-otvetstvennyj-po-ekologicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-speczialist-po-ekologicheskoj-bezopasnosti-v-promyshlennosti/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-zamershhik-na-topografo-geodezicheskih-i-markshejderskih-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-antiterroristicheskaya-zashhishhennost-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-antiterroristicheskaya-zashhishhennost-organizaczij-ot-terroristicheskih-ugroz-i-inyh-ekstremistskih-proyavlenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-preduprezhdeniyu-i-likvidaczii-chrezvychajnyh-situaczii-i-obespecheniyu-pozharnoj-bezopasnosti-organizaczij-po-voprosam-grazhdanskoj-obo/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-rabotayushhego-naseleniya-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-rukovoditelej-organizaczij-v-oblasti-grazhdanskoj-oborony-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-obuchenie-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-rukovoditelej-organizaczij-glav-mestnyh-administraczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/go-i-chs/komplekt-uchebnoj-programmy-profilaktika-i-preduprezhdenie-terrorizma-i-ekstremizma/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/dobycha-pererabotka-uglya-rud-i-drugih-poleznyh-iskopaemyh-gotovye-programmy-obucheniyaelektronnaya-postavka/komplekt-uchebnoj-programmy-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/zhkh/komplekt-uchebnoj-programmy-speczialist-po-priemu-hraneniyu-i-otgruzke-nefti-i-nefteproduktov-s-prisvoeniem-kvalifikaczii-kladovshhik-goryuche-smazochnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-provedeniyu-oczenki-professionalnyh-riskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-obuchenie-chlenov-komissii-po-speczialnoj-oczenke-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-proizvodstvennyj-kontrol-za-soblyudeniem-sanitarnyh-pravil-i-vypolneniem-sanitarno-protivoepidemicheskih-meropriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ispytatelnaya-laboratoriya/komplekt-uchebnoj-programmy-speczialnaya-oczenka-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-osobennosti-oformleniya-kadrovyh-dokumentov-i-organizacziya-kadrovogo-deloproizvodstva-s-prisvoeniem-kvalifikaczii-speczialist-po-kadrovomu-deloproizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-sekretar-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-organizaczionnomu-i-dokumentaczionnomu-obespecheniyu-upravleniya-organizacziej/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-podboru-i-oczenke-personala-starshij-rekruter/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-speczialist-po-upravleniyu-personalom/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-statistik/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-upravlenie-gosudarstvennymi-i-municzipalnymi-zakupkami/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/kadrovoe-delo/komplekt-uchebnoj-programmy-upravlenie-personalom-i-oformlenie-trudovyh-otnoshenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/111komplekt-uchebnoj-programmy-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/222komplekt-uchebnoj-programmy-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-povyshenie-kvalifikaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-professionalnaya-perepodgotovka/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/avtomobilnaya-otrasl/komplekt-uchebnoj-programmy-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/marketing/komplekt-uchebnoj-programmy-speczialist-po-internet-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/mediczina/komplekt-uchebnoj-programmy-profilaktika-koronavirusa-grippa-i-drugih-ostryh-respiratornyh-virusnyh-infekczij-v-obshheobrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/mediczina/komplekt-uchebnoj-programmy-radiaczionnaya-bezopasnost-i-proizvodstvennyj-kontrol-pri-ekspluataczii-mediczinskih-rentgenovskih-apparatov-po-speczialnosti-rentgenologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/obshhestvennoe-pitanie/komplekt-uchebnoj-programmy-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-i-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-ii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ogranichennye-i-zamknutye-prostranstva/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-iii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-ispolzovanie-primenenie-sredstv-individualnoj-zashhity-dlya-instruktorov-prepodavatelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-10/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-11/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-15/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-16/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-17/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-4/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-6/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-7/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-8/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovy-9/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-pri-vozdejstvii-vrednyh-i-ili-opasnyh-proizvodstvennyh-faktorov-istochnikov-opasnosti-identificzirovan/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-po-ispolzovaniyu-primeneniyu-sredstv-individualnoj-zashhity/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-obuchenie-po-obshhim-voprosam-ohrany-truda-i-funkczionirovaniya-sistemy-upravleniya-ohranoj-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/obuchenie-po-2464/komplekt-uchebnoj-programmy-okazanie-pervoj-pomoshhi-postradavshim/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/professionalnaya-perepodgotovka/komplekt-uchebnoj-programmy-ohrana-truda-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ohrana-truda/professionalnaya-perepodgotovka/komplekt-uchebnoj-programmy-tehnosfernaya-bezopasnost-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-inzhener-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-assistent-pomoshhnik-po-okazaniyu-tehnicheskoj-pomoshhi-invalidam-i-liczam-s-ogranichennymi-vozmozhnostyami-zdorovya/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-bezopasnoe-ispolzovanie-sajtov-v-seti-internet-v-obrazovatelnom-proczesse-v-czelyah-obucheniya-i-vospitaniya-obuchayushhihsya-v-obrazovatelnoj-organizaczi/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-biologiya-teoriya-i-metodika-prepodavaniya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-formirovanie-kultury-pitaniya-obuchayushhihsya/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-gosudarstvennoe-i-municzipalnoe-upravlenie/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-klinicheskaya-psihologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-konsultant-v-oblasti-razvitiya-czifrovoj-gramotnosti-naseleniya-czifrovoj-kurator/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-kurs-professionalnoj-perepodgotovki-krizisnaya-psihologiya-okazanie-psihologicheskoj-pomoshhi-v-ekstremalnyh-situacziyah-i-pri-psihologicheskih-travmah-s-prisvoeniem-k/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-menedzhment-v-obrazovanii-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-metodicheskaya-deyatelnost-v-dopolnitelnom-obrazovanii-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-nastavnichestvo-kak-forma-soczialno-pedagogicheskogo-soprovozhdeniya-detej-i-molodezhi-na-baze-obshhego-i-professionalnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-nyanya-rabotnik-po-prismotru-i-uhodu-za-detmi/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obespechenie-kompleksnoj-bezopasnosti-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obrabotka-personalnyh-dannyh-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-obuchenie-v-oblasti-obespecheniya-dostupnoj-sredy/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-raboty-pedagogicheskih-rabotnikov-psihologo-mediko-pedagogicheskogo-profilya-i-speczialistov-psihologo-mediko-pedagogicheskih-komissij/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-raboty-s-obuchayushhimisya-s-ogranichennymi-vozmozhnostyami-zdorovya-ovz-v-sootvetstvii-s-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-sluzhb-shkolnoj-mediaczii-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-organizacziya-soczialno-pedagogicheskoj-deyatelnosti-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-pedagogika-dopolnitelnogo-obrazovaniya-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-planirovanie-i-realizacziya-dopolnitelnyh-meropriyatij-po-usileniyu-mer-bezopasnosti-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-professionalnaya-etika-v-psihologo-pedagogicheskoj-deyatelnosti-v-ramkah-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-profilaktika-beznadzornosti-i-pravonarushenij-nesovershennoletnih-v-sootvetstvii-s-federalnymi-zakonami-rossijskoj-federaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-profilaktika-suiczidalnogo-povedeniya-u-podrostkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-rabota-klassnogo-rukovoditelya-po-organizaczii-vzaimodejstviya-semi-i-shkoly/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-rukovoditel-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-sovremennye-pedagogicheskie-tehnologii-effektivnoe-primenenie-v-obrazovatelnom-proczesse-v-kontekste-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-teoriya-i-metodika-perinatalnoj-psihologii/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-teoriya-i-praktika-inklyuzivnogo-obucheniya-v-obrazovatelnoj-organizaczii-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-upravlenie-konfliktami-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pedagogika-i-psihologiya/komplekt-uchebnoj-programmy-vospitanie-detej-doshkolnogo-vozrasta/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-ispytanie-pozharnyh-naruzhnyh-staczionarnyh-lestnicz-i-ograzhdenij-krovli-zdanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-licz-na-kotoryh-vozlozhena-trudovaya-funkcziya-po-provedeniyu-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-otvetstvennyh-dolzhnostnyh-licz-zanimayushhih-dolzhnosti-glavnyh-speczialistov-tehnicheskogo-i-proizvodstvennogo-profilya-dolzhnostnyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-rukovoditelej-ekspluatiruyushhih-i-upravlyayushhih-organizaczij-osushhestvlyayushhih-hozyajstvennuyu-deyatelnost-svyazannuyu-s-obespec/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-povyshenie-kvalifikaczii-dlya-rukovoditelej-organizaczij-licz-naznachennyh-rukovoditelem-organizaczii-otvetstvennymi-za-obespechenie-pozharnoj-bezopasnosti-v-tom-c/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/pozharnaya-bezopasnost/komplekt-uchebnoj-programmy-speczialist-po-pozharnoj-profilaktike/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-ekspluatacziya-teplovyh-elektricheskih-stanczij-g-2-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-ekspluatacziya-teplovyh-energoustanovok-obuchenie-administrativno-tehnicheskogo-personala-po-pte-te-i-ptb-pri-ekspluataczii-tu-i-ts-potrebitelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-montazh-naladka-obsluzhivanie-remont-rekonstrukcziya-ili-modernizacziya-podemnyh-sooruzhenij-primenyaemyh-na-opasnyh-proizvodstvennyh-obektah-b-9-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-obshhie-trebovaniya-promyshlennoj-bezopasnosti-a-1/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-razrabotka-mestorozhdenij-poleznyh-iskopaemyh-otkrytym-sposobom-b-4-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/promyshlennaya-bezopasnost/komplekt-uchebnoj-programmy-trebovaniya-promyshlennoj-bezopasnosti-k-oborudovaniya-rabotayushhemu-pod-davleniem-b-8-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-1-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-2-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-3-gruppa-bezopasnye-metody-i-priemy-vypolneniya-rabot-na-vysote-provodimyh-bez-primeneniya-inventarnyh-lesov-i-podmostej-s-ispolzovaniem-sistem-kanatnogo-dostup/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/raboty-na-vysote/komplekt-uchebnoj-programmy-bezopasnye-metody-i-priemy-rabot-na-vysote-s-primeneniem-sredstv-podmashhivaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/servis-okazanie-uslug-naseleniyu/komplekt-uchebnoj-programmy-speczialist-po-predostavleniyu-manikyurnyh-i-pedikyurnyh-uslug/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-apparatchik-polucheniya-uglekisloty/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-armaturshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-bezopasnost-stroitelstva-i-osushhestvlenie-stroitelnogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-bezopasnost-stroitelstva-organizacziya-stroitelstva-rekonstrukczii-i-kapitalnogo-remonta/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektromontazhnik-po-silovym-setyam-i-elektrooborudovaniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-elektrosvarshhik-ruchnoj-svarki/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-gazorezchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-generatorshhik-aczetilenovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-inzhener-laborant-proizvodstva-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-kurs-professionalnoj-perepodgotovki-inzhener-grazhdanskogo-i-promyshlennogo-stroitelstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-malyar-stroitelnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-kochegar-kotelnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-mashinist-kompressornyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-master-stroitelnyh-i-montazhnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-po-montazhu-stalnyh-i-zhelezobetonnyh-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-stroitelnyh-lesov-i-podmostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-tehnologicheskih-truboprovodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-montazhnik-tehnologicheskogo-oborudovaniya-i-svyazannyh-s-nim-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-napolnitel-ballonov/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-otvetstvennyj-za-bezopasnoe-vypolnenie-pogruzochno-razgruzochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-personal-obsluzhivayushhij-sosudy-rabotayushhie-pod-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-rabochij-lyulki/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/stroitelstvo/komplekt-uchebnoj-programmy-termist/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/sudostroenie/komplekt-uchebnoj-programmy-sborshhik-dostrojshhik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/sudostroenie/komplekt-uchebnoj-programmy-sborshhik-korpusov-metallicheskih-sudov/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/turizm/komplekt-uchebnoj-programmy-direktor-turisticheskoj-firmy/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/turizm/komplekt-uchebnoj-programmy-instruktor-provodnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-obrashhenie-s-othodami-i-iv-klassa-opasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-ohrana-okruzhayushhej-prirodnoj-sredy-i-raczionalnoe-ispolzovanie-prirodnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-operator-oborudovaniya-dlya-utilizaczii-i-obezvrezhivaniya-mediczinskih-i-biologicheskih-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-otvetstvennyj-po-ekologicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/gotovye-programmy-obucheniyaelektronnaya-postavka/ekologiya-othody/komplekt-uchebnoj-programmy-speczialist-po-ekologicheskoj-bezopasnosti-v-promyshlennosti/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/betonnye-raboty/zhurnal-betonnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/betonnye-raboty/zhurnal-registraczii-rezultatov-ispytaniya-kontrolnyh-betonnyh-obrazczov/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/betonnye-raboty/zhurnal-zamonolichivaniya-montazhnyh-stykov/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/obshhij-zhurnal-rabot-v-kotorom-vedetsya-uchet-vypolneniya-rabot-po-stroitelstvu-rekonstrukczii-kapitalnomu-remontu-obekta-kapitalnogo-stroitelstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/operativnyj-zhurnal/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-priyoma-sdachi-smen/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-ucheta-ishodyashhej-dokumentaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-ucheta-vhodyashhej-korrespondenczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-uchyota-proverok-yuridicheskogo-licza-individualnogo-predprinimatelya-provodimyh-organami-gosudarstvennogo-kontrolya-nadzora-organami-municzipalnogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-uchyota-teoreticheskogo-obucheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-uchyota-vhodyashhih-i-ishodyashhih-dokumentov/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/dokumentooborot-uchet/zhurnal-vydachi-ezhednevnyh-zadanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/kafe-restorany/zhurnal-brakerazha-gotovoj-pishhevoj-produkczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/kafe-restorany/zhurnal-brakerazha-skoroportyashhejsya-pishhevoj-produkczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/kontrol-zdorovya-covid-19/zhurnal-instruktazha-rabotnikov-o-neobhodimosti-soblyudeniya-pravil-lichnoj-i-obshhestvennoj-gigieny-v-czelyah-preduprezhdeniya-rasprostraneniya-koronavirusnoj-infekczii-covid-19/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/vahtennyj-zhurnal-kranovshhika/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/vahtennyj-zhurnal-mashinista-podyomnika/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/vahtennyj-zhurnal-stroitelnogo-podyomnika-sdachi-i-priyomki-smen/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/zhurnal-uchyota-i-osmotra-stropov/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/zhurnal-uchyota-i-osmotra-takelazhnyh-sredstv-mehanizmov-i-prisposoblenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/krany-podemniki-vyshki-dorozhno-stroitelnye-mashiny/zhurnal-uchyota-i-periodicheskogo-osmotra-sostoyaniya-syomnyh-gruzozahvatnyh-prisposoblenij-sgzp-i-tary/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/medosmotry/zhurnal-registraczii-mediczinskih-osmotrov-v-techenie-rabochego-dnya-smeny/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/medosmotry/zhurnal-registraczii-poslesmennyh-poslerejsovyh-mediczinskih-osmotrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/medosmotry/zhurnal-registraczii-predrejsovyh-predsmennyh-mediczinskih-osmotrov/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/montazhnye-raboty/zhurnal-kontrolnoj-tarirovki-dinamometricheskih-klyuchej/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/montazhnye-raboty/zhurnal-kontrolnoj-tarirovki-klyuchej-dlya-natyazheniya-vysokoprochnyh-boltov/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/montazhnye-raboty/zhurnal-rabot-po-montazhu-stroitelnyh-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/montazhnye-raboty/zhurnal-vhodnogo-kontrolya-i-kontrolya-kachestva-poluchaemyh-detalej-materialov-konstrukczij-i-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/montazhnye-raboty/zhurnal-vypolneniya-montazhnyh-soedinenij-na-boltah-s-kontroliruemym-natyazheniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/naryad-dopusk/kniga-naryadov/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/naryad-dopusk/zhurnal-registraczii-naryadov-dopuskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/naryad-dopusk/zhurnal-registraczii-naryadov-dopuskov-na-proizvodstvo-gazoopasnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/naryad-dopusk/zhurnal-ucheta-rabot-po-naryadam-i-rasporyazheniyam-dlya-rabot-v-elektroustanovkah/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/naryad-dopusk/zhurnal-ucheta-vydachi-naryadov-dopuskov-na-proizvodstvo-rabot-s-povyshennoj-opasnostyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/neschastnyj-sluchaj-mikrotravma/zhurnal-registraczii-neschastnyh-sluchaev-na-proizvodstve/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/neschastnyj-sluchaj-mikrotravma/zhurnal-uchyota-mikropovrezhdenij-mikrotravm-rabotnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-kontrolya-ohrany-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-kontrolya-za-sostoyaniem-ohrany-truda-i-protivopozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-predpisanij-rabotnika-sluzhby-ohrany-truda-speczialista-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-aktov-proverok-predpisanij-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-prohozhdeniya-stazhirovki-po-ohrane-truda-na-rabochem-meste/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-provedeniya-instruktazha-po-ohrane-truda-na-rabochem-meste-pervichnyj-povtornyj-vneplanovyj-a-takzhe-czelevogo-instruktazha-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-proverki-znanij-trebovanij-ohrany-truda-rabotnikov-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-vhodyashhej-dokumentaczii-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-registraczii-vvodnogo-instruktazha-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-trehstupenchatogo-kontrolya-za-sostoyaniem-ohrany-i-uslovij-bezopasnosti-truda-na-rabochih-mestah/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-ucheta-instrukczij-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-ucheta-teoreticheskogo-obucheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-ucheta-vydachi-instrukczij-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ohrana-truda-zhurnaly/zhurnal-uchyota-zanyatij-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-osmotra-pozharnyh-gidrantov-pozharnyh-kranov-i-pozharnyh-shhitov/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-osmotra-protivopozharnogo-sostoyaniya-pomeshhenij-pered-ih-zakrytiem/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-po-uchyotu-protivoavarijnyh-i-protivopozharnyh-trenirovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-proverki-znanij-po-pravilam-pozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-registraczii-protivopozharnyh-instruktazhej/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-registraczii-rabot-po-tehnicheskomu-obsluzhivaniyu-i-remontu-avtomaticheskih-ustanovok-pozharotusheniya-dymoudaleniya-ohrannoj-i-pozharno-ohrannoj-signalizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-tehnicheskogo-obsluzhivaniya-ognetushitelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-ucheta-i-tehnicheskogo-obsluzhivaniya-ognetushitelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-ucheta-i-tehnicheskogo-obsluzhivaniya-pozharnyh-kranov/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-ucheta-tehnicheskogo-obsluzhivaniya-i-remonta-ustanovok-pozharnoj-avtomatiki/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-uchyota-pervichnyh-sredstv-pozharotusheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/pozharnaya-bezopasnost-zhurnaly/zhurnal-vvodnogo-instruktazha-po-pozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/raboty-na-vysote-zhurnaly/zhurnal-priyomki-i-osmotra-lesov-i-podmostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/raboty-na-vysote-zhurnaly/zhurnal-proverki-i-ispytanij-montazhnyh-i-strahovochnyh-poyasov/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/svarochnye-raboty/zhurnal-antikorrozionnoj-zashhity-svarnyh-soedinenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/svarochnye-raboty/zhurnal-svarochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/siz-ss/zhurnal-vydachi-zashhitnyh-sredstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/teplovye-punkty/zhurnal-proverki-znanij-pravil-tehnicheskoj-ekspluataczii-teplovyh-energoustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ekologiya-othody-zhurnaly/zhurnal-uchyota-obrazovaniya-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ekologiya-othody-zhurnaly/zhurnal-uchyota-rtutsoderzhashhih-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ekologiya-othody-zhurnaly/zhurnal-uchyota-staczionarnyh-istochnikov-zagryazneniya-i-ih-harakteristik/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/ekologiya-othody-zhurnaly/zhurnal-uchyota-tvyordyh-kommunalnyh-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-defektov-i-nepoladok-na-elektrooborudovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-dlya-operativno-remontnogo-personala/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-ispytanij-sredstv-zashhity-iz-dielektricheskoj-reziny-i-polimernyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-ucheta-proverki-i-ispytanij-elektroinstrumenta-i-vspomogatelnogo-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-ucheta-proverki-znanij-pravil-raboty-v-elektroustanovkah/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-i-soderzhaniya-sredstv-zashhity/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-prisvoeniya-gruppy-i-po-elektrobezopasnosti-neelektrotehnicheskomu-personalu/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-proverki-znanij-norm-i-pravil-raboty-v-elektroustanovkah-dlya-organizaczij-elektroenergetiki/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-rabot-po-naryadam-dopuskam-i-rasporyazheniyam-dlya-raboty-v-elektroustanovkah/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-vydachi-elektroinstrumenta/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-uchyota-vydachi-i-vozvrata-klyuchej-ot-elektroustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/zhurnaly/elektrobezopasnost-elektrooborudovanie/zhurnal-vydachi-zashhitnyh-sredstv-2/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/bezopasnost-dorozhnogo-dvizheniya-instruktazhi/programma-provedeniya-instruktazhej-po-bezopasnosti-dorozhnogo-dvizheniya-dlya-voditelskogo-sostava/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/ohrana-truda-instruktazhi/programma-pervichnogo-instruktazha-po-ohrane-truda-na-rabochem-meste-dlya-vseh-rabochih-speczialnostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/ohrana-truda-instruktazhi/programma-vvodnogo-instruktazha-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/protivopozharnye-instruktazhi/programma-pervichnogo-protivopozharnogo-instruktazha-na-rabochem-meste/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/protivopozharnye-instruktazhi/programma-vvodnogo-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/elektrobezopasnost-instruktazhi/programma-pervichnogo-instruktazha-po-voprosam-elektrobezopasnosti/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/bezopasnost-dorozhnogo-dvizheniya-instruktazhi/programma-provedeniya-instruktazhej-po-bezopasnosti-dorozhnogo-dvizheniya-dlya-voditelskogo-sostava/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/bezopasnost-dorozhnogo-dvizheniya-instruktazhi/programma-provedeniya-instruktazhej-po-bezopasnosti-dorozhnogo-dvizheniya-dlya-voditelskogo-sostava-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/ohrana-truda-instruktazhi/programma-pervichnogo-instruktazha-po-ohrane-truda-na-rabochem-meste-dlya-vseh-rabochih-speczialnostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/ohrana-truda-instruktazhi/programma-vvodnogo-instruktazha-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/protivopozharnye-instruktazhi/programma-pervichnogo-protivopozharnogo-instruktazha-na-rabochem-meste/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/protivopozharnye-instruktazhi/programma-vvodnogo-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instruktazhi/elektrobezopasnost-instruktazhi/programma-pervichnogo-instruktazha-po-voprosam-elektrobezopasnosti/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-bortmehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-inzhener-po-ekspluataczii-aero-i-radioelektronnogo-oborudovaniya-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-inzhener-po-ekspluataczii-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-komandir-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-nachalnik-letno-tehnicheskogo-otdela-lto/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-rukovoditel-obosoblennogo-podrazdeleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-vrach-letnogo-sostava/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/aviacziya-di/dolzhnostnaya-instrukcziya-vtoroj-pilot-vertolyota/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/byuti-industriya-di/dolzhnostnaya-instrukcziya-damskij-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/byuti-industriya-di/dolzhnostnaya-instrukcziya-master-nogtevogo-servisa/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/byuti-industriya-di/dolzhnostnaya-instrukcziya-muzhskoj-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-direktor-gornodobyvayushhaya-organizacziya/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-dovodchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-glavnyj-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-gornyj-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/gornodobyvayushhaya-promyshlennost-di/dolzhnostnaya-instrukcziya-promyvalshhik-geologicheskih-prob/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-asfaltobetonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-dorozhnyj-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-master-dorozhnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-nachalnik-asfaltobetonnoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-pomoshhnik-mastera-dorozhnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/dorozhnoe-stroitelstvo-di/dolzhnostnaya-instrukcziya-rabochij-po-ukladke-asfaltobetona/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-administrativnyj-direktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-buhgalter/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-buhgalter-1-kategorii/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-buhgalter-materialist/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-direktor-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-ekonomist/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-energetik/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-energetik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-glavnyj-buhgalter/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-glavnyj-mehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inspektor-po-kadram/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-elektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-konstruktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-materialno-tehnicheskogo-snabzheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-otdela-tehnicheskogo-kontrolya-otk/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-po-ekspluataczii-zdanij-i-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-po-naladke-i-ispytaniyam/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-po-podgotovke-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-po-proektno-smetnoj-rabote/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-po-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-proizvodstvenno-tehnicheskogo-otdela-pto/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-inzhener-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-ispolnitelnyj-direktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-master-hozyajstvennyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-mehanik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-menedzher-po-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-bazy-ohrany/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-laboratorii-nerazrushayushhego-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-otdela-snabzheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-planovo-ekonomicheskogo-otdela/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-nachalnik-proizvodstvenno-tehnicheskogo-otdela/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-ofis-menedzher/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-perevodchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-rukovoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-servisnyj-inzhener/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-sistemnyj-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-snabzhenecz/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-diagnostike-i-czentrovke/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-kadram/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-materialno-tehnicheskomu-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-pozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-ved/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-zakupkam/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-speczialist-po-zakupochnoj-deyatelnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-tehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-yurist/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-direktora/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-direktora-po-ekonomicheskim-voprosam/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-direktora-po-ekonomicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-direktora-po-proizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-generalnogo-direktora-po-rezhimu-i-sohrannosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/inzhenerno-tehnicheskie-rabotniki-di/dolzhnostnaya-instrukcziya-zamestitel-glavnogo-buhgaltera/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-dezhurnyj-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-dizajner-menedzher-po-reklame/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-menedzher/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-menedzher-aktivnyh-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-nachalnik-otdela-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-operator-otdela-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-speczialist-po-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-starshij-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-starshij-kassir/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-torgovyj-predstavitel/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/kommercziya-di/dolzhnostnaya-instrukcziya-tovaroved/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-brigadir-lesopozharnoj-gruppy-brigady/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-chokerovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-direktor-lesozagotovitelnaya-organizacziya/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-direktor-po-lesnym-resursam/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-inzhener-lesopatolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-inzhener-po-ohrane-i-zashhite-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-inzhener-po-otvodu-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-kontroler-priemshhik-lesozagotovitelnaya-organizacziya/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-kontrolyor-lesozagotovitelnogo-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-laborant-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-lesnoj-pozharnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-markirovshhik-lesozagotovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-master-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-master-pogruzki-lesozagotovitelnaya-organizacziya/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-master-tehnolog-lesozagotovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-mehanik-lesozagotovitelnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-motorist/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-nachalnik-lesopozharnoj-stanczii-lps/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-nachalnik-lesozagotovitelnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-nachalnik-teplichnogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-operator-agregatnyh-linij-sortirovki-i-pererabotki-breven/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-operator-svyazi-lesopozharnoj-stanczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-pomoshhnik-valshhika/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-priemosdatchik-lesomaterialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-rabochij-po-otvodu-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-rabochij-zelenogo-hozyajstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-raskryazhevshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-slesar-po-remontu-avtotraktornoj-tehniki-i-pozharnogo-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-slesar-po-remontu-lesozagotovitelnogo-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-stanochnik-derevopererabatyvayushhih-stankov/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-traktorist-na-podgotovke-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-traktorist-selskoe-hozyajstvo/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-valshhik-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-vedushhij-inzhener-po-lesnym-resursam/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-zamestitel-nachalnika-teplichnogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/lesnaya-promyshlennost-di/dolzhnostnaya-instrukcziya-zatochnik-derevopererabatyvayushhego-instrumenta/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mebelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-sborshhik-mebeli/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mediczinskij-personal-di/dolzhnostnaya-instrukcziya-feldsher/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mediczinskij-personal-di/dolzhnostnaya-instrukcziya-mediczinskaya-sestra-proczedurnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mediczinskij-personal-di/dolzhnostnaya-instrukcziya-mediczinskij-rabotnik-po-provedeniyu-predrejsovogo-osmotra-voditelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mediczinskij-personal-di/dolzhnostnaya-instrukcziya-starshaya-mediczinskaya-sestra/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/mediczinskij-personal-di/dolzhnostnaya-instrukcziya-zaveduyushhij-sanatoriem-profilaktoriem/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-dvornik/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-gornichnaya/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-ohrannik/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-rabochij-kompleksnoj-brigady/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-raznorabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-storozh/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-tehnicheskij-rabotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-uborshhicza/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/obsluzhivayushhij-personal-di/dolzhnostnaya-instrukcziya-uborshhik-sluzhebnyh-pomeshhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-kupazhist/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-operator-linii-rozliva-proizvodstvo-bezalkogolnyh-napitkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-operator-linii-vyduva-proizvodstvo-bezalkogolnyh-napitkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-rabochij-kuhni/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-rabochij-linii-vyduva/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-rabochij-po-prigotovleniyu-pishhi/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/pishhevaya-promyshlennost-di/dolzhnostnaya-instrukcziya-starshij-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-gruzchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-kladovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-kladovshhik-gruzchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-podsobnyj-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-rabochij-po-uhodu-za-hozyajstvom/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-rabotnik-sklada/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-zaveduyushhij-administrativno-hozyajstvennoj-tehnicheskoj-chastyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-zaveduyushhij-hozyajstvom/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sklad-di/dolzhnostnaya-instrukcziya-zaveduyushhij-skladom/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-betonshhik-formovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-brigadir/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-brigadir-santehnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-brigadir-stolyarov/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-direktor-po-proizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektromehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektroslesar-po-obsluzhivaniyu-i-remontu-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektroslesar-slesar-dezhurnyj-i-po-remontu-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektrosvarshhik-ruchnoj-svarki-3-6-razryad/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-kontroler-bazy/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-master-po-remontu/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-master-uchastka-po-proizvodstvu-zhelezobetonnyh-izdelij/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-nachalnik-czeha/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-nachalnik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-nachalnik-uchastka-betonno-rastvornogo-uzla-bru/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-nachalnik-uchastka-stroitelstvo/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-operator-betonno-rastvornogo-uzla-bru/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-operator-drobilnoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-operator-formatno-raskroechnogo-stanka/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-operator-kromko-obliczovochnogo-stanka/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-plotnik-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-proizvoditel-rabot-prorab/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-proizvodstvennyj-master-stroitelstvo/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-slesar-elektromontazhnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-slesar-remontnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-stanochnik-raspilovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-starshij-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-stolyar/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-tehnolog-betonno-rastvornogo-uzla-bru/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-tehnolog-po-svarke/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-tokar/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/stroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-tokar-rastochnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-direktor-sudostroitelnaya-organizacziya/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-elektromontazhnik-sudovoj-2-5-razryad/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-sborshhik-dostrojshhik-sudovoj-2-5-razryad/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-slesar-montazhnik-sudovoj-2-5-razryad/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-slesar-po-sborke-metallokonstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/sudostroitelnoe-proizvodstvo-di/dolzhnostnaya-instrukcziya-truboprovodchik-sudovoj-2-5-razryad/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-avtoelektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-avtoslesar/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-dispetcher/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-avtogrejdera/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-buldozera/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-burilno-kranovoj-samohodnoj-mashiny/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-dorozhno-transportnyh-mashin/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-ekskavatora/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-katka/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-krana-avtomobilnogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-lesozagotovitelnoj-mashiny-forvarder/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-lesozagotovitelnoj-mashiny-harvester/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-lesozagotovitelnoj-tehniki/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-sdm/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mashinist-trelevochnoj-mashiny/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mehanik-po-avtotransportu/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-mehanik-po-karernym-ekskavatoram/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-motorist-agregatchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-operator-avtogrejdera/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-slesar-mehanosborochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-traktorist/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-avtomobilya-gruzovogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-avtomobilya-legkovogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-avtomobilya-na-vyvozke-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-avtotoplivozapravshhika/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-benzovoza/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-ekspeditor-gruzovogo-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-evakuatora/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-kategorii-v-s/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-lesovoza-na-vyvozku-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-miksera/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-pogruzchika/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-samosvala/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-snegobolotohoda/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-vahtovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/transport-di/dolzhnostnaya-instrukcziya-voditel-vahtovogo-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-dolzhnostnye/turizm-di/dolzhnostnaya-instrukcziya-instruktor-po-sportivnomu-i-lyubitelskomu-rybolovstvu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-bortmehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-dlya-ekipazha-vertoleta-mi-8/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-inzhener-po-ekspluataczii-aero-i-radioelektronnogo-oborudovaniya-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-inzhener-po-ekspluataczii-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-komandir-vozdushnogo-sudna/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-nachalnik-lto-letno-tehnicheskij-otdel/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-rukovoditel-obosoblennogo-podrazdeleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-vrach-letnogo-sostava/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/instrukcziya-po-ohrane-truda-vtoroj-pilot-vertoleta/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/aviacziya-iot/testovyj-tovar-0092/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/byuti-industriya-iot/instrukcziya-po-ohrane-truda-damskij-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/byuti-industriya-iot/instrukcziya-po-ohrane-truda-master-nogtevogo-servisa/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/byuti-industriya-iot/instrukcziya-po-ohrane-truda-muzhskoj-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-dovodchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-glavnyj-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-gornyj-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/gornodobyvayushhaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-promyvalshhik-geologicheskih-prob/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-asfaltobetonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-dorozhnyj-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-master-dorozhnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-nachalnik-asfaltobetonnoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-pomoshhnik-mastera-dorozhnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/dorozhnoe-stroitelstvo-iot/instrukcziya-po-ohrane-truda-rabochij-po-ukladke-asfaltobetona/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-administrativnyj-direktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-buhgalter/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-buhgalter-1-kategorii/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-buhgalter-materialist/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-direktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-ekonomist/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-energetik/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-energetik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-glavnyj-buhgalter/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-glavnyj-mehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inspektor-po-kadram/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-elektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-konstruktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-materialno-tehnicheskogo-snabzheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-otk-otdel-tehnicheskogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-po-ekspluataczii-zdanij-i-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-po-naladke-i-ispytaniyam/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-po-podgotovke-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-po-proektno-smetnoj-rabote/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-po-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-pto/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-inzhener-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-ispolnitelnyj-direktor/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-master-hozyajstvennyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-mehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-mehanik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-menedzher-po-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-bazy/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-laboratorii-nerazrushayushhego-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-otdela-snabzheniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-planovo-ekonomicheskogo-otdela/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-nachalnik-proizvodstvenno-tehnicheskogo-otdela/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-ofis-menedzher/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-perevodchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-rukovoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-servisnyj-inzhener/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-sistemnyj-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-snabzhenecz/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-diagnostike-i-czentrovke/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-kadram/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-materialno-tehnicheskomu-snabzheniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-pozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-ved/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-zakupkam/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-speczialist-po-zakupochnoj-deyatelnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-tehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-yurist/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-direktora/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-direktora-po-ekonomicheskim-voprosam/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-direktora-po-ekonomicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-direktora-po-proizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-direktora-po-rezhimu-i-sohrannosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/inzhenerno-tehnicheskie-rabotniki-iot/instrukcziya-po-ohrane-truda-zamestitel-glavnogo-buhgaltera/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-dezhurnyj-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-dizajner-menedzher-po-reklame/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-menedzher/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-menedzher-aktivnyh-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-nachalnik-otdela-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-operator-otdela-prodazh/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-speczialist-po-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-starshij-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-starshij-kassir/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-torgovyj-predstavitel/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/kommercziya-iot/instrukcziya-po-ohrane-truda-tovaroved/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-brigadir-lesopozharnoj-gruppy-brigady/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-chokerovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-direktor-po-lesnym-resursam/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-inzhener-lesopatolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-inzhener-po-ohrane-i-zashhite-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-inzhener-po-otvodu-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-kontrolyor-lesozagotovitelnogo-proizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-kontrolyor-priyomshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-laborant-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-lesnoj-pozharnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-markirovshhik-lesozagotovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-master-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-master-pogruzki/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-master-tehnolog-lesozagotovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-mehanik-lesozagotovitelnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-motorist/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-nachalnik-lesopozharnoj-stanczii-lps/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-nachalnik-lesozagotovitelnogo-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-nachalnik-teplichnogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-operator-agregatnyh-linij-sortirovki-i-pererabotki-breven/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-operator-svyazi/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-pomoshhnik-valshhika/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-priemosdatchik-lesomaterialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-rabochij-po-otvodu-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-rabochij-zelyonogo-hozyajstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-raskryazhevshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-slesar-po-remontu-lesozagotovitelnogo-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-stanochnik-derevopererabatyvayushhih-stankov/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-traktorist-na-podgotovke-lesosek/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-traktorist-selskoe-hozyajstvo/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-valshhik-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-vedushhij-inzhener-po-lesnym-resursam/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-zamestitel-nachalnika-teplichnogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/lesnaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-zatochnik-derevopererabatyvayushhego-instrumenta/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mebelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-sborshhik-mebeli/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mediczinskij-personal-iot/instrukcziya-po-ohrane-truda-feldsher-predrejsovogo-medosmotra/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mediczinskij-personal-iot/instrukcziya-po-ohrane-truda-mediczinskaya-sestra-proczedurnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mediczinskij-personal-iot/instrukcziya-po-ohrane-truda-mediczinskij-rabotnik-po-provedeniyu-predrejsovogo-osmotra-voditelej/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mediczinskij-personal-iot/instrukcziya-po-ohrane-truda-starshaya-mediczinskaya-sestra/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/mediczinskij-personal-iot/instrukcziya-po-ohrane-truda-zaveduyushhij-sanatoriem-profilaktoriem/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-dvornik/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-gornichnaya/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-ohrannik/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-rabochij-kompleksnoj-brigady/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-raznorabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-storozh/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-tehnicheskij-rabotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-uborshhicza/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/obsluzhivayushhij-personal-iot/instrukcziya-po-ohrane-truda-uborshhik-sluzhebnyh-pomeshhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-kupazhist/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-operator-linii-rozliva/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-operator-linii-vyduva/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-rabochij-kuhni/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-rabochij-linii-vyduva/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-rabochij-po-prigotovleniyu-pishhi/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/pishhevaya-promyshlennost-iot/instrukcziya-po-ohrane-truda-starshij-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-o-merah-protivopozharnoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-po-bezopasnomu-vedeniyu-rabot-s-ispolzovaniem-lyulki-podemnika-vyshki/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-po-okazaniyu-pervoj-dovrachebnoj-pomoshhi-postradavshim/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-po-prisvoeniyu-i-gruppy-po-elektrobezopasnosti-dlya-neelektrotehnicheskogo-personala/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-dvizhenii-avtomobilya-transportnogo-sredstva-i-stoyanki-v-temnoe-vremya-sutok/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-ekspluataczii-elektroustanovok-do-1000-vt/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-malyarnyh-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-pogruzochno-razgruzochnyh-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabotah-na-vysote/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabotah-v-zamknutyh-prostranstvah/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-na-gidravlicheskih-pressah/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-na-personalnom-kompyutere/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-na-stankah-frezernyj-stanok-tokarnyj-stanok-tokarno-vintoreznyj-stanok-zatochnyj-stanok/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-na-territorii-lesnogo-fonda/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-pri-nizkih-temperaturah-na-otkrytom-vozduhe-i-v-neotaplivaemyh-pomeshheniyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-rabote-s-instrumentom-i-prisposobleniyami/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-remontnyh-montazhnyh-i-demontazhnyh-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-upravlenii-avtomobilem/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-vypolnenii-ognevyh-gazorezatelnyh-svarochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/po-vidam-rabot-iot/instrukcziya-po-ohrane-truda-pri-zemlyanyh-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-gruzchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-kladovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-kladovshhik-gruzchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-podsobnyj-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-rabochij/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-rabochij-po-uhodu-za-hozyajstvom/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-rabotnik-sklada/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-zaveduyushhij-administrativno-hozyajstvennoj-tehnicheskoj-chastyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-zaveduyushhij-hozyajstvom/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sklad-iot/instrukcziya-po-ohrane-truda-zaveduyushhij-skladom/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-betonshhik-formovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-brigadir/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-brigadir-santehnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-brigadir-stolyarov/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-direktor-po-proizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektromehanik/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektroslesar-po-obsluzhivaniyu-i-remontu-oborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektroslesar-slesar-dezhurnyj-i-po-remontu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektrosvarshhik-ruchnoj-svarki/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-kontroler-bazy/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-master-po-remontu/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-master-pogruzki-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-master-uchastka-po-proizvodstvu-zhelezobetonnyh-izdelij/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-nachalnik-czeha/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-nachalnik-uchastka/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-nachalnik-uchastka-bru/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-nachalnik-uchastka-stroitelstvo/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-operator-bru-betonno-rastvornaya-ustanovka/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-operator-drobilnoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-operator-formatno-raskroechnogo-stanka/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-operator-kromko-obliczovochnogo-stanka/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-plotnik-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-proizvoditel-rabot-prorab/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-proizvodstvennyj-master/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-slesar-elektromontazhnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-slesar-remontnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-stanochnik-raspilovshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-starshij-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-stolyar/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-tehnolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-tehnolog-po-svarke-rukovoditel-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-tokar/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/stroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-tokar-rastochnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sudostroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-elektromontazhnik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sudostroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-sborshhik-dostrojshhik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sudostroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-slesar-montazhnik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sudostroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-slesar-po-sborke-metallokonstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/sudostroitelnoe-proizvodstvo-iot/instrukcziya-po-ohrane-truda-truboprovodchik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-avtoelektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-avtoslesar/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-avtogrejdera/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-buldozera/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-burilno-kranovoj-samohodnoj-mashiny/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-dorozhno-transportnyh-mashin/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-ekskavatora/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-forvardera/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-harvestera/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-katka/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-krana-avtomobilnogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-lesozagotovitelnoj-tehniki/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-sdm/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mashinist-trelevochnoj-mashiny/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mehanik-po-avtotransportu/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-mehanik-po-karernym-ekskavatoram/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-motorist-agregatchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-operator-avtogrejdera/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-slesar-mehanosborochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-traktorist/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-avtomobilya-gruzovogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-avtomobilya-na-vyvozke-lesa/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-benzovoza/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-ekspeditor-gruzovogo-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-kategorii-b/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-lesovoza/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-pogruzchika/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/transport-iot/instrukcziya-po-ohrane-truda-voditel-vahtovogo-avtomobilya/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/instrukczii-po-ohrane-truda/turizm-iot/instrukcziya-po-ohrane-truda-instruktor-po-sportivnomu-i-lyubitelskomu-rybolovstvu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/povyshenie-kvalifikaczii-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnaya-perepodgotovka-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnoe-obuchenie-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn/professionalnaya-perepodgotovka-geodeziya-s-prisvoeniem-kvalifikaczii-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn/professionalnoe-obuchenie-zamershhik-na-topografo-geodezicheskih-i-markshejderskih-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/antiterroristicheskaya-zashhishhennost-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/antiterroristicheskaya-zashhishhennost-organizaczij-ot-terroristicheskih-ugroz-i-inyh-ekstremistskih-proyavlenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-chlenov-komissii-po-preduprezhdeniyu-i-likvidaczii-chrezvychajnyh-situaczii-i-obespecheniyu-pozharnoj-bezopasnosti-organizaczij-po-voprosam-grazhdanskoj-oborony-i-zashhity-ot-chs-prirodnogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-rabotayushhego-naseleniya-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-rukovoditelej-organizaczij-v-oblasti-grazhdanskoj-oborony-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-rukovoditelej-organizaczij-glav-mestnyh-administraczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/profilaktika-i-preduprezhdenie-terrorizma-i-ekstremizma/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/dobycha-pererabotka-uglya-rud-i-drugih-poleznyh-iskopaemyh/professionalnaya-perepodgotovka-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/zhkh-obuchenie-onlajn/speczialist-po-priemu-hraneniyu-i-otgruzke-nefti-i-nefteproduktov-s-prisvoeniem-kvalifikaczii-kladovshhik-goryuche-smazochnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/menedzher-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/obuchenie-chlenov-komissii-po-provedeniyu-oczenki-professionalnyh-riskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/obuchenie-chlenov-komissii-po-speczialnoj-oczenke-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/povyshenie-kvalifikaczii-speczialnaya-oczenka-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/proizvodstvennyj-kontrol-za-soblyudeniem-sanitarnyh-pravil-i-vypolneniem-sanitarno-protivoepidemicheskih-meropriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-filiala-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-strukturnogo-podrazdeleniya-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/speczialist-ekspert-laboratorii-elektronnogo-predpriyatiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnogo-obucheniya-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-osobennosti-oformleniya-kadrovyh-dokumentov-i-organizacziya-kadrovogo-deloproizvodstva-s-prisvoeniem-kvalifikaczii-speczialist-po-kadrovomu-deloproizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-sekretar-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-organizaczionnomu-i-dokumentaczionnomu-obespecheniyu-upravleniya-organizacziej/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-podboru-i-oczenke-personala-starshij-rekruter/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-upravleniyu-personalom/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-statistik/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-upravlenie-personalom-i-oformlenie-trudovyh-otnoshenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/organizacziya-kadrovogo-deloproizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/upravlenie-gosudarstvennymi-i-municzipalnymi-zakupkami/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/marketing-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-internet-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/funkczionalnaya-diagnostika/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/profilaktika-koronavirusa-covid-19-grippa-i-drugih-ostryh-respiratornyh-virusnyh-infekczij-v-obshheobrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/radiaczionnaya-bezopasnost-i-proizvodstvennyj-kontrol-pri-ekspluataczii-mediczinskih-rentgenovskih-apparatov/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/obshhestvennoe-pitanie-obuchenie-onlajn/professionalnoe-obuchenie-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-i-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-ii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-iii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-10/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-11/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-15/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-16/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-17/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-4/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-6/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-7/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-8/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-9/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-pri-vozdejstvii-vrednyh-i-ili-opasnyh-proizvodstvennyh-faktorov-istochnikov-opasnosti-identificzirovannyh-v-ramkah-sistemy-upravleniya-ohra/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ispolzovaniyu-primeneniyu-sredstv-individualnoj-zashhity/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-obshhim-voprosam-ohrany-truda-i-funkczionirovaniya-sistemy-upravleniya-ohranoj-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-masterov-brigadirov-i-rabotnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-rukovoditelej-predpriyatij-filialov-strukturnyh-podrazdelenij-rukovoditelej-podrazdelenij-otdelov-chlenov-attestaczionnoj-komissii/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-speczialistov-ofisnyh-rabotnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/okazanie-pervoj-pomoshhi-postradavshim/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/professionalnaya-perepodgotovka-ohrana-truda-obuchenie-onlajn/ohrana-truda-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/professionalnaya-perepodgotovka-ohrana-truda-obuchenie-onlajn/tehnosfernaya-bezopasnost-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-inzhener-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-metodist-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-02/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-prepodavatel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-07/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-rukovoditel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/menedzher-obrazovatelnoj-organizaczii-v-sfere-elektronnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/metodist-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-06/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnoe-ispolzovanie-sajtov-v-seti-internet-v-obrazovatelnom-proczesse-v-czelyah-obucheniya-i-vospitaniya-obuchayushhihsya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-formirovanie-kultury-pitaniya-obuchayushhihsya/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-nastavnichestvo-kak-forma-soczialno-pedagogicheskogo-soprovozhdeniya-detej-i-molodezhi-na-baze-obshhego-i-professionalnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obespechenie-kompleksnoj-bezopasnosti-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obrabotka-personalnyh-dannyh-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obuchenie-v-oblasti-obespecheniya-dostupnoj-sredy/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-raboty-pedagogicheskih-rabotnikov-psihologo-mediko-pedagogicheskogo-profilya-i-speczialistov-psihologo-mediko-pedagogicheskih-komissij/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-raboty-s-obuchayushhimisya-s-ogranichennymi-vozmozhnostyami-zdorovya-ovz-v-sootvetstvii-s-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-sluzhb-shkolnoj-mediaczii-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-planirovanie-i-realizacziya-dopolnitelnyh-meropriyatij-po-usileniyu-mer-bezopasnosti-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-professionalnaya-etika-v-psihologo-pedagogicheskoj-deyatelnosti-v-ramkah-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-profilaktika-beznadzornosti-i-pravonarushenij-nesovershennoletnih-v-sootvetstvii-s-federalnymi-zakonami-rossijskoj-federaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-profilaktika-suiczidalnogo-povedeniya-u-podrostkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-rabota-klassnogo-rukovoditelya-po-organizaczii-vzaimodejstviya-semi-i-shkoly/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-sovremennye-pedagogicheskie-tehnologii-effektivnoe-primenenie-v-obrazovatelnom-proczesse-v-kontekste-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-teoriya-i-praktika-inklyuzivnogo-obucheniya-v-obrazovatelnoj-organizaczii-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-upravlenie-konfliktami-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/prepodavatel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-07/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-biologiya-teoriya-i-metodika-prepodavaniya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-gosudarstvennoe-i-municzipalnoe-upravlenie/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-klinicheskaya-psihologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-konsultant-v-oblasti-razvitiya-czifrovoj-gramotnosti-naseleniya-czifrovoj-kurator/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-krizisnaya-psihologiya-okazanie-psihologicheskoj-pomoshhi-v-ekstremalnyh-situacziyah-i-pri-psihologicheskih-travmah-s-prisvoeniem-kvalifikaczii-krizisnyj-psiholog/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-metodicheskaya-deyatelnost-v-dopolnitelnom-obrazovanii-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-nyanya-rabotnik-po-prismotru-i-uhodu-za-detmi/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-organizacziya-soczialno-pedagogicheskoj-deyatelnosti-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-rukovoditel-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-teoriya-i-metodika-perinatalnoj-psihologii/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-vospitanie-detej-doshkolnogo-vozrasta/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnoe-obuchenie-assistent-po-okazaniyu-tehnicheskoj-pomoshhi-invalidam-i-liczam-s-ogranichennymi-vozmozhnostyami-zdorovya/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-filiala-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikacziipd-pk-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-strukturnogo-podrazdeleniya-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-licz-na-kotoryh-vozlozhena-trudovaya-funkcziya-po-provedeniyu-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-otvetstvennyh-dolzhnostnyh-licz-zanimayushhih-dolzhnosti-glavnyh-speczialistov-tehnicheskogo-i-proizvodstvennogo-profilya-dolzhnostnyh-licz-ispolnyayushhih-ih-obyazann/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-rukovoditelej-ekspluatiruyushhih-i-upravlyayushhih-organizaczij-osushhestvlyayushhih-hozyajstvennuyu-deyatelnost-svyazannuyu-s-obespecheniem-pozharnoj-bezopasnosti-na-o/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-ispytanie-pozharnyh-naruzhnyh-staczionarnyh-lestnicz-i-ograzhdenij-krovli-zdanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-pozharnoj-profilaktike/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-1-gruppa-dpo-otv-02/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-2-gruppa-dpo-otv-03/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-3-gruppa-dpo-otv-04/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-s-primeneniem-sredstv-podmashhivaniya-dpo-otv-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/servis-okazanie-uslug-naseleniyu-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-predostavleniyu-manikyurnyh-i-pedikyurnyh-uslug/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnost-stroitelstva-i-osushhestvlenie-stroitelnogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnost-stroitelstva-organizacziya-stroitelstva-rekonstrukczii-i-kapitalnogo-remonta/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-otvetstvennyj-za-bezopasnoe-vypolnenie-pogruzochno-razgruzochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-podgotovka-licz-otvetstvennyh-za-ispravnoe-sostoyanie-i-bezopasnuyu-ekspluatacziyu-sosudov-rabotayushhih-pod-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-rabochij-lyulki/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnaya-perepodgotovka-inzhener-grazhdanskogo-i-promyshlennogo-stroitelstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnaya-perepodgotovka-inzhener-laborant-proizvodstva-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-apparatchik-polucheniya-uglekisloty/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-armaturshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektromontazhnik-po-silovym-setyam-i-elektrooborudovaniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektrosvarshhik-ruchnoj-svarki/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-gazorezchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-generatorshhik-aczetilenovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-malyar-stroitelnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-kochegar-kotelnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-kompressornyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-master-stroitelnyh-i-montazhnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-po-montazhu-stalnyh-i-zhelezobetonnyh-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-stroitelnyh-lesov-i-podmostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-tehnologicheskih-truboprovodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-tehnologicheskogo-oborudovaniya-i-svyazannyh-s-nim-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-napolnitel-ballonov/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-slesar-remontnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/sudostroenie-obuchenie-onlajn/professionalnoe-obuchenie-sborshhik-dostrojshhik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/sudostroenie-obuchenie-onlajn/professionalnoe-obuchenie-sborshhik-korpusov-metallicheskih-sudov/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-1-ekspluatacziya-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-11-bezopasnoe-vedenie-gazoopasnyh-ognevyh-i-remontnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-16-ekspluatacziya-obektov-masloekstrakczionnyh-proizvodstv-i-proizvodstv-gidrogenizaczii-zhirov/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-17-proizvodstvo-i-potreblenie-produktov-razdeleniya-vozduha/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-2-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-neftegazopererabatyvayushhih-i-neftehimicheskih-proizvodstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-szhizhennogo-prirodnogo-gaza/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-4-ekspluatacziya-hlornyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-5-ekspluatacziya-proizvodstv-mineralnyh-udobrenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-6-ekspluatacziya-ammiachnyh-holodilnyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-7-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-skladov-nefti-i-nefteproduktov/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-8-proektirovanie-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-9-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-kapitalnyj-remont-konservacziya-i-likvidacziya-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-10-1-transportirovanie-opasnyh-veshhestv-zheleznodorozhnym-transportom/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-10-2-transportirovanie-opasnyh-veshhestv-avtomobilnym-transportom/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-12-1-vzryvnye-raboty-v-podzemnyh-vyrabotkah-i-na-poverhnosti-rudnikov-obektah-gornorudnoj-i-nerudnoj-promyshlennosti-ugolnyh-i-slanczevyh-shaht-opasnyh-ne-opasnyh-po-gazu-ili-pyli-i-speczia/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-12-2-vzryvnye-raboty-na-otkrytyh-gornyh-razrabotkah-i-speczialnye-vzryvnye-raboty/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-1-ekspluatacziya-obektov-neftyanoj-i-gazovoj-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-2-remont-neftyanyh-i-gazovyh-skvazhin/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-4-burenie-neftyanyh-i-gazovyh-skvazhin/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-5-neftepromyslovye-truboprovody-dlya-transporta-nefti-i-gaza/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-6-razvedka-i-razrabotka-morskih-mestorozhdenij-uglevodorodnogo-syrya/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-7-magistralnye-nefteprovody-i-nefteproduktoprovody/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-8-magistralnye-gazoprovody/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-9-magistralnye-truboprovody-dlya-transportirovki-zhidkogo-ammiaka/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-1-litejnoe-proizvodstvo-chernyh-i-czvetnyh-metallov/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-10-energeticheskie-sluzhby-metallurgicheskih-predpriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-7-proizvodstvo-ferrosplavov/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-8-proizvodstvo-s-polnym-metallurgicheskim-cziklom/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-9-proektirovanie-stroitelstvo-rekonstrukcziya-kapitalnyj-remont-obektov-metallurgicheskoj-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-4-1-obogashhenie-poleznyh-iskopaemyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-4-2-stroitelstvo-rekonstrukcziya-kapitalnyj-remont-podzemnyh-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-1-razrabotka-ugolnyh-mestorozhdenij-otkrytym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-2-obogashhenie-i-briketirovanie-uglej-slanczev/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-3-razrabotka-ugolnyh-mestorozhdenij-podzemnym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-1-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-rabot-svyazannyh-s-polzovaniem-nedrami-i-ih-proektirovaniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-3-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-poleznyh-iskopaemyh-podzemnym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-4-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-poleznyh-iskopaemyh-otkrytym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-5-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-uglevodorodnogo-syrya-i-gidromineralnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-1-ekspluatacziya-setej-gazoraspredeleniya-i-gazopotrebleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-2-ekspluatacziya-obektov-ispolzuyushhih-szhizhennye-uglevodorodnye-gazy/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-3-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-i-kapitalnyj-remont-setej-gazoraspredeleniya-i-gazopotrebleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-4-ekspluatacziya-avtogazozapravochnyh-stanczij-gazomotornogo-topliva/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-2-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-truboprovody-para-i-goryachej-vody/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-sosudy-rabotayushhie-pod-izbytochnym-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-5-napolnenie-tehnicheskoe-osvidetelstvovanie-i-remont-ballonov-dlya-hraneniya-i-transportirovaniya-szhatyh-szhizhennyh-i-rastvorennyh-pod-davleniem-gazov-primenyaemyh-na-opasnyh-proizvodstvenn/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-podemnye-sooruzheniya-prednaznachennye-dlya-podema-i-peremeshheniya-gruzov/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-5-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-kapitalnyj-remont-konservacziya-likvidacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-podemnye-s/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-6-montazh-naladka-obsluzhivanie-remont-rekonstrukcziya-ili-modernizacziya-podemnyh-sooruzhenij-primenyaemyh-na-opasnyh-proizvodstvennyh-obektah/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-7-ekspluatacziya-i-kapitalnyj-remont-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-passazhirskie-kanatnye-dorogi-i-ili-funikulery-ekspluatacziya-v-tom-chisle-obsluzhivanie-i-remo/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-8-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-konservacziya-i-likvidacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-passazhirskie-kanatnye-dorog/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-9-ekspluatacziya-i-kapitalnyj-remont-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-gruzovye-podvesnye-kanatnye-dorogi-ekspluatacziya-v-tom-chisle-obsluzhivanie-i-remont-gruzovyh-p/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-1-1-ekspluatacziya-elektroustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-1-ekspluatacziya-teplovyh-elektricheskih-stanczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-2-ekspluatacziya-elektricheskih-setej/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-4-ekspluatacziya-obektov-vozobnovlyaemyh-istochnikov-energii/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-1-gidrotehnicheskie-sooruzheniya-obektov-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-2-gidrotehnicheskie-sooruzheniya-obektov-energetiki/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-3-gidrotehnicheskie-sooruzheniya-obektov-vodohozyajstvennogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-4-ekspertiza-deklaraczij-bezopasnosti-gidrotehnicheskih-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/turizm-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-direktor-turisticheskoj-firmy/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/turizm-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-instruktor-provodnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-operator-oborudovaniya-dlya-utilizaczii-i-obezvrezhivaniya-mediczinskih-i-biologicheskih-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/obrashhenie-s-othodami-i-iv-klassa-opasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/ohrana-okruzhayushhej-sredy-i-raczionalnoe-ispolzovanie-prirodnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/povyshenie-kvalifikaczii-otvetstvennyj-po-ekologicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-ekologicheskoj-bezopasnosti-v-promyshlennosti/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/povyshenie-kvalifikaczii-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnaya-perepodgotovka-kontroler-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-tehnicheskomu-diagnostirovaniyu-i-kontrolyu-tehnicheskogo-sostoyaniya-avtotransportnyh-sredstv-pri-periodicheskom-tehnicheskom-osmotre/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/avtomobilnaya-otrasl-obuchenie-onlajn/professionalnoe-obuchenie-slesar-po-remontu-avtomobilej/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn/professionalnaya-perepodgotovka-geodeziya-s-prisvoeniem-kvalifikaczii-geodezist/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/arhitektura-proektirovanie-geodeziya-topografiya-i-dizajn/professionalnoe-obuchenie-zamershhik-na-topografo-geodezicheskih-i-markshejderskih-rabotah/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/antiterroristicheskaya-zashhishhennost-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/antiterroristicheskaya-zashhishhennost-organizaczij-ot-terroristicheskih-ugroz-i-inyh-ekstremistskih-proyavlenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-chlenov-komissii-po-preduprezhdeniyu-i-likvidaczii-chrezvychajnyh-situaczii-i-obespecheniyu-pozharnoj-bezopasnosti-organizaczij-po-voprosam-grazhdanskoj-oborony-i-zashhity-ot-chs-prirodnogo/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-rabotayushhego-naseleniya-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-rukovoditelej-organizaczij-v-oblasti-grazhdanskoj-oborony-zashhity-ot-chrezvychajnyh-situaczij-prirodnogo-i-tehnogennogo-haraktera/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/obuchenie-v-oblasti-grazhdanskoj-oborony-i-zashhity-ot-chrezvychajnyh-situaczij-rukovoditelej-organizaczij-glav-mestnyh-administraczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/grazhdanskaya-oborona-i-zashhita-ot-chrezvychajnyh-situaczij/profilaktika-i-preduprezhdenie-terrorizma-i-ekstremizma/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/dobycha-pererabotka-uglya-rud-i-drugih-poleznyh-iskopaemyh/professionalnaya-perepodgotovka-geolog/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/zhkh-obuchenie-onlajn/speczialist-po-priemu-hraneniyu-i-otgruzke-nefti-i-nefteproduktov-s-prisvoeniem-kvalifikaczii-kladovshhik-goryuche-smazochnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/menedzher-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/obuchenie-chlenov-komissii-po-provedeniyu-oczenki-professionalnyh-riskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/obuchenie-chlenov-komissii-po-speczialnoj-oczenke-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/povyshenie-kvalifikaczii-speczialnaya-oczenka-uslovij-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/proizvodstvennyj-kontrol-za-soblyudeniem-sanitarnyh-pravil-i-vypolneniem-sanitarno-protivoepidemicheskih-meropriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-filiala-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/rukovoditel-strukturnogo-podrazdeleniya-elektronnogo-predpriyatiya-v-sfere-laboratornyh-issledovanij-ispytanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ispytatelnaya-laboratoriya-obuchenie-onlajn/speczialist-ekspert-laboratorii-elektronnogo-predpriyatiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnogo-obucheniya-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-deloproizvoditel/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-osobennosti-oformleniya-kadrovyh-dokumentov-i-organizacziya-kadrovogo-deloproizvodstva-s-prisvoeniem-kvalifikaczii-speczialist-po-kadrovomu-deloproizvodstvu/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-sekretar-administrator/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-sekretar-rukovoditelya/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-organizaczionnomu-i-dokumentaczionnomu-obespecheniyu-upravleniya-organizacziej/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-podboru-i-oczenke-personala-starshij-rekruter/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-upravleniyu-personalom/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-statistik/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-upravlenie-personalom-i-oformlenie-trudovyh-otnoshenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/organizacziya-kadrovogo-deloproizvodstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/kadrovoe-delo-obuchenie-onlajn/upravlenie-gosudarstvennymi-i-municzipalnymi-zakupkami/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/marketing-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-speczialist-po-internet-marketingu/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/funkczionalnaya-diagnostika/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/profilaktika-koronavirusa-covid-19-grippa-i-drugih-ostryh-respiratornyh-virusnyh-infekczij-v-obshheobrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/mediczina-obuchenie-onlajn/radiaczionnaya-bezopasnost-i-proizvodstvennyj-kontrol-pri-ekspluataczii-mediczinskih-rentgenovskih-apparatov/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/obshhestvennoe-pitanie-obuchenie-onlajn/professionalnoe-obuchenie-povar/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-i-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-ii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ogranichennye-i-zamknutye-prostranstva-obuchenie-onlajn/bezopasnye-metody-i-priemy-vypolneniya-rabot-v-ogranichennyh-i-zamknutyh-prostranstvah-iii-gruppa/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-10/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-11/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-15/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-16/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gos-17/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-3/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-4/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-5/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-6/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-7/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-8/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-povyshennoj-opasnosti-k-kotorym-predyavlyayutsya-dopolnitelnye-trebovaniya-v-sootvetstvii-s-normativnymi-pravovymi-aktami-soderzhashhimi-gosu-9/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-bezopasnym-metodam-i-priemam-vypolneniya-rabot-pri-vozdejstvii-vrednyh-i-ili-opasnyh-proizvodstvennyh-faktorov-istochnikov-opasnosti-identificzirovannyh-v-ramkah-sistemy-upravleniya-ohra/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ispolzovaniyu-primeneniyu-sredstv-individualnoj-zashhity/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-obshhim-voprosam-ohrany-truda-i-funkczionirovaniya-sistemy-upravleniya-ohranoj-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-masterov-brigadirov-i-rabotnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-rukovoditelej-predpriyatij-filialov-strukturnyh-podrazdelenij-rukovoditelej-podrazdelenij-otdelov-chlenov-attestaczionnoj-komissii/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/obuchenie-po-ohrane-truda-dlya-speczialistov-ofisnyh-rabotnikov/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/obuchenie-po-2464-ohrana-truda-obuchenie-onlajn/okazanie-pervoj-pomoshhi-postradavshim/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/professionalnaya-perepodgotovka-ohrana-truda-obuchenie-onlajn/ohrana-truda-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-speczialist-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ohrana-truda-obuchenie-onlajn/professionalnaya-perepodgotovka-ohrana-truda-obuchenie-onlajn/tehnosfernaya-bezopasnost-professionalnaya-perepodgotovka-s-prisvoeniem-kvalifikaczii-inzhener-po-ohrane-truda/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-metodist-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-02/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-prepodavatel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-07/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-rukovoditel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pp-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnoe-ispolzovanie-sajtov-v-seti-internet-v-obrazovatelnom-proczesse-v-czelyah-obucheniya-i-vospitaniya-obuchayushhihsya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-formirovanie-kultury-pitaniya-obuchayushhihsya/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-menedzher-obrazovatelnoj-organizaczii-v-sfere-elektronnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-metodist-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-pd-pk-06/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-nastavnichestvo-kak-forma-soczialno-pedagogicheskogo-soprovozhdeniya-detej-i-molodezhi-na-baze-obshhego-i-professionalnogo-obrazovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obespechenie-kompleksnoj-bezopasnosti-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obrabotka-personalnyh-dannyh-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-obuchenie-v-oblasti-obespecheniya-dostupnoj-sredy/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-raboty-pedagogicheskih-rabotnikov-psihologo-mediko-pedagogicheskogo-profilya-i-speczialistov-psihologo-mediko-pedagogicheskih-komissij/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-raboty-s-obuchayushhimisya-s-ogranichennymi-vozmozhnostyami-zdorovya-ovz-v-sootvetstvii-s-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-organizacziya-sluzhb-shkolnoj-mediaczii-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-planirovanie-i-realizacziya-dopolnitelnyh-meropriyatij-po-usileniyu-mer-bezopasnosti-v-obrazovatelnyh-organizacziyah/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-professionalnaya-etika-v-psihologo-pedagogicheskoj-deyatelnosti-v-ramkah-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-profilaktika-beznadzornosti-i-pravonarushenij-nesovershennoletnih-v-sootvetstvii-s-federalnymi-zakonami-rossijskoj-federaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-profilaktika-suiczidalnogo-povedeniya-u-podrostkov/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-rabota-klassnogo-rukovoditelya-po-organizaczii-vzaimodejstviya-semi-i-shkoly/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-sovremennye-pedagogicheskie-tehnologii-effektivnoe-primenenie-v-obrazovatelnom-proczesse-v-kontekste-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-teoriya-i-praktika-inklyuzivnogo-obucheniya-v-obrazovatelnoj-organizaczii-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/povyshenie-kvalifikaczii-upravlenie-konfliktami-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/prepodavatel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-07/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-biologiya-teoriya-i-metodika-prepodavaniya-v-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-gosudarstvennoe-i-municzipalnoe-upravlenie/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-klinicheskaya-psihologiya/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-konsultant-v-oblasti-razvitiya-czifrovoj-gramotnosti-naseleniya-czifrovoj-kurator/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-krizisnaya-psihologiya-okazanie-psihologicheskoj-pomoshhi-v-ekstremalnyh-situacziyah-i-pri-psihologicheskih-travmah-s-prisvoeniem-kvalifikaczii-krizisnyj-psiholog/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-menedzhment-v-obrazovanii/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-metodicheskaya-deyatelnost-v-dopolnitelnom-obrazovanii-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-nyanya-rabotnik-po-prismotru-i-uhodu-za-detmi/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-organizacziya-soczialno-pedagogicheskoj-deyatelnosti-v-usloviyah-realizaczii-fgos/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-pedagogika-dopolnitelnogo-obrazovaniya-detej-i-vzroslyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-rukovoditel-obrazovatelnoj-organizaczii/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-teoriya-i-metodika-perinatalnoj-psihologii/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnaya-perepodgotovka-vospitanie-detej-doshkolnogo-vozrasta/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/professionalnoe-obuchenie-assistent-po-okazaniyu-tehnicheskoj-pomoshhi-invalidam-i-liczam-s-ogranichennymi-vozmozhnostyami-zdorovya/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-filiala-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikacziipd-pk-14/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-12/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pedagogika-i-psihologiya-obuchenie-onlajn/rukovoditel-strukturnogo-podrazdeleniya-obrazovatelnogo-uchrezhdeniya-v-sfere-elektronnogo-obrazovaniya-povyshenie-kvalifikaczii-pd-pk-13/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-licz-na-kotoryh-vozlozhena-trudovaya-funkcziya-po-provedeniyu-protivopozharnogo-instruktazha/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-otvetstvennyh-dolzhnostnyh-licz-zanimayushhih-dolzhnosti-glavnyh-speczialistov-tehnicheskogo-i-proizvodstvennogo-profilya-dolzhnostnyh-licz-ispolnyayushhih-ih-obyazann/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-dlya-rukovoditelej-ekspluatiruyushhih-i-upravlyayushhih-organizaczij-osushhestvlyayushhih-hozyajstvennuyu-deyatelnost-svyazannuyu-s-obespecheniem-pozharnoj-bezopasnosti-na-o/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/povyshenie-kvalifikaczii-ispytanie-pozharnyh-naruzhnyh-staczionarnyh-lestnicz-i-ograzhdenij-krovli-zdanij/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/pozharnaya-bezopasnost-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-pozharnoj-profilaktike/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-1-gruppa-dpo-otv-02/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-2-gruppa-dpo-otv-03/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-3-gruppa-dpo-otv-04/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/raboty-na-vysote-obuchenie-onlajn/ohrana-truda-pri-rabotah-na-vysote-s-primeneniem-sredstv-podmashhivaniya-dpo-otv-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/servis-okazanie-uslug-naseleniyu-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-predostavleniyu-manikyurnyh-i-pedikyurnyh-uslug/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnost-stroitelstva-i-osushhestvlenie-stroitelnogo-kontrolya/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-bezopasnost-stroitelstva-organizacziya-stroitelstva-rekonstrukczii-i-kapitalnogo-remonta/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-otvetstvennyj-za-bezopasnoe-vypolnenie-pogruzochno-razgruzochnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-podgotovka-licz-otvetstvennyh-za-ispravnoe-sostoyanie-i-bezopasnuyu-ekspluatacziyu-sosudov-rabotayushhih-pod-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/povyshenie-kvalifikaczii-rabochij-lyulki/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnaya-perepodgotovka-inzhener-grazhdanskogo-i-promyshlennogo-stroitelstva/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnaya-perepodgotovka-inzhener-laborant-proizvodstva-stroitelnyh-materialov/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-apparatchik-polucheniya-uglekisloty/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-armaturshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-betonshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektrogazosvarshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektromontazhnik-po-silovym-setyam-i-elektrooborudovaniyu/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektromonter-po-remontu-i-obsluzhivaniyu-elektrooborudovaniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-elektrosvarshhik-ruchnoj-svarki/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-gazorezchik/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-generatorshhik-aczetilenovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-malyar-stroitelnyj/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-kochegar-kotelnoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-mashinist-kompressornyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-master-stroitelnyh-i-montazhnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-po-montazhu-stalnyh-i-zhelezobetonnyh-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-stroitelnyh-lesov-i-podmostej/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-tehnologicheskih-truboprovodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-montazhnik-tehnologicheskogo-oborudovaniya-i-svyazannyh-s-nim-konstrukczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-motorist-promyvochnogo-pribora-po-izvlecheniyu-metalla/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-napolnitel-ballonov/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-plotnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-pomoshhnik-mashinista-burovoj-ustanovki/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-slesar-remontnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-slesar-santehnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/stroitelstvo-obuchenie-onlajn/professionalnoe-obuchenie-stropalshhik/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/sudostroenie-obuchenie-onlajn/professionalnoe-obuchenie-sborshhik-dostrojshhik-sudovoj/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/sudostroenie-obuchenie-onlajn/professionalnoe-obuchenie-sborshhik-korpusov-metallicheskih-sudov/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-1-ekspluatacziya-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-11-bezopasnoe-vedenie-gazoopasnyh-ognevyh-i-remontnyh-rabot/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-16-ekspluatacziya-obektov-masloekstrakczionnyh-proizvodstv-i-proizvodstv-gidrogenizaczii-zhirov/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-17-proizvodstvo-i-potreblenie-produktov-razdeleniya-vozduha/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-2-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-neftegazopererabatyvayushhih-i-neftehimicheskih-proizvodstv/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-szhizhennogo-prirodnogo-gaza/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-4-ekspluatacziya-hlornyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-5-ekspluatacziya-proizvodstv-mineralnyh-udobrenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-6-ekspluatacziya-ammiachnyh-holodilnyh-ustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-7-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-skladov-nefti-i-nefteproduktov/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-8-proektirovanie-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-1-9-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-kapitalnyj-remont-konservacziya-i-likvidacziya-himicheski-opasnyh-proizvodstvennyh-obektov/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-10-1-transportirovanie-opasnyh-veshhestv-zheleznodorozhnym-transportom/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-10-2-transportirovanie-opasnyh-veshhestv-avtomobilnym-transportom/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-12-1-vzryvnye-raboty-v-podzemnyh-vyrabotkah-i-na-poverhnosti-rudnikov-obektah-gornorudnoj-i-nerudnoj-promyshlennosti-ugolnyh-i-slanczevyh-shaht-opasnyh-ne-opasnyh-po-gazu-ili-pyli-i-speczia/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-12-2-vzryvnye-raboty-na-otkrytyh-gornyh-razrabotkah-i-speczialnye-vzryvnye-raboty/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-1-ekspluatacziya-obektov-neftyanoj-i-gazovoj-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-2-remont-neftyanyh-i-gazovyh-skvazhin/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-4-burenie-neftyanyh-i-gazovyh-skvazhin/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-5-neftepromyslovye-truboprovody-dlya-transporta-nefti-i-gaza/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-6-razvedka-i-razrabotka-morskih-mestorozhdenij-uglevodorodnogo-syrya/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-7-magistralnye-nefteprovody-i-nefteproduktoprovody/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-8-magistralnye-gazoprovody/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-2-9-magistralnye-truboprovody-dlya-transportirovki-zhidkogo-ammiaka/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-1-litejnoe-proizvodstvo-chernyh-i-czvetnyh-metallov/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-10-energeticheskie-sluzhby-metallurgicheskih-predpriyatij/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-7-proizvodstvo-ferrosplavov/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-8-proizvodstvo-s-polnym-metallurgicheskim-cziklom/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-3-9-proektirovanie-stroitelstvo-rekonstrukcziya-kapitalnyj-remont-obektov-metallurgicheskoj-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-4-1-obogashhenie-poleznyh-iskopaemyh/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-4-2-stroitelstvo-rekonstrukcziya-kapitalnyj-remont-podzemnyh-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-1-razrabotka-ugolnyh-mestorozhdenij-otkrytym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-2-obogashhenie-i-briketirovanie-uglej-slanczev/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-5-3-razrabotka-ugolnyh-mestorozhdenij-podzemnym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-1-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-rabot-svyazannyh-s-polzovaniem-nedrami-i-ih-proektirovaniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-3-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-poleznyh-iskopaemyh-podzemnym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-4-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-poleznyh-iskopaemyh-otkrytym-sposobom/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-6-5-markshejderskoe-obespechenie-bezopasnogo-vedeniya-gornyh-rabot-pri-osushhestvlenii-razrabotki-mestorozhdenij-uglevodorodnogo-syrya-i-gidromineralnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-1-ekspluatacziya-setej-gazoraspredeleniya-i-gazopotrebleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-2-ekspluatacziya-obektov-ispolzuyushhih-szhizhennye-uglevodorodnye-gazy/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-3-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-i-kapitalnyj-remont-setej-gazoraspredeleniya-i-gazopotrebleniya/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-7-4-ekspluatacziya-avtogazozapravochnyh-stanczij-gazomotornogo-topliva/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-2-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-truboprovody-para-i-goryachej-vody/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-sosudy-rabotayushhie-pod-izbytochnym-davleniem/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-8-5-napolnenie-tehnicheskoe-osvidetelstvovanie-i-remont-ballonov-dlya-hraneniya-i-transportirovaniya-szhatyh-szhizhennyh-i-rastvorennyh-pod-davleniem-gazov-primenyaemyh-na-opasnyh-proizvodstvenn/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-3-ekspluatacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-podemnye-sooruzheniya-prednaznachennye-dlya-podema-i-peremeshheniya-gruzov/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-5-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-kapitalnyj-remont-konservacziya-likvidacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-podemnye-s/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-6-montazh-naladka-obsluzhivanie-remont-rekonstrukcziya-ili-modernizacziya-podemnyh-sooruzhenij-primenyaemyh-na-opasnyh-proizvodstvennyh-obektah/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-7-ekspluatacziya-i-kapitalnyj-remont-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-passazhirskie-kanatnye-dorogi-i-ili-funikulery-ekspluatacziya-v-tom-chisle-obsluzhivanie-i-remo/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-8-proektirovanie-stroitelstvo-rekonstrukcziya-tehnicheskoe-perevooruzhenie-konservacziya-i-likvidacziya-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-passazhirskie-kanatnye-dorog/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/b-9-9-ekspluatacziya-i-kapitalnyj-remont-opasnyh-proizvodstvennyh-obektov-na-kotoryh-ispolzuyutsya-gruzovye-podvesnye-kanatnye-dorogi-ekspluatacziya-v-tom-chisle-obsluzhivanie-i-remont-gruzovyh-p/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-1-1-ekspluatacziya-elektroustanovok/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-1-ekspluatacziya-teplovyh-elektricheskih-stanczij/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-2-ekspluatacziya-elektricheskih-setej/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/g-2-4-ekspluatacziya-obektov-vozobnovlyaemyh-istochnikov-energii/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-1-gidrotehnicheskie-sooruzheniya-obektov-promyshlennosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-2-gidrotehnicheskie-sooruzheniya-obektov-energetiki/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-3-gidrotehnicheskie-sooruzheniya-obektov-vodohozyajstvennogo-kompleksa/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/testirovanie-po-promyshlennoj-bezopasnosti/v-4-ekspertiza-deklaraczij-bezopasnosti-gidrotehnicheskih-sooruzhenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/turizm-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-direktor-turisticheskoj-firmy/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/turizm-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-instruktor-provodnik/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/kurs-professionalnoj-perepodgotovki-operator-oborudovaniya-dlya-utilizaczii-i-obezvrezhivaniya-mediczinskih-i-biologicheskih-othodov/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/obrashhenie-s-othodami-i-iv-klassa-opasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/ohrana-okruzhayushhej-sredy-i-raczionalnoe-ispolzovanie-prirodnyh-resursov/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/povyshenie-kvalifikaczii-otvetstvennyj-po-ekologicheskoj-bezopasnosti/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/obuchenie-onlajn/ekologiya-othody-obuchenie-onlajn/professionalnaya-perepodgotovka-speczialist-po-ekologicheskoj-bezopasnosti-v-promyshlennosti/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-10-30-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-100-150-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-150-200-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-30-50-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-50-80-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-80-100-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-dokumentov-po-suot-sistema-upravleniya-ohranoj-truda-na-predpriyatii-do-10-dolzhnostej-po-shtatnomu-raspisaniyu-s-uchetom-vseh-strukturnyh-podrazdelenij/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/komplekt-universalnyh-shablonov-dokumentov-dlya-sozdaniya-suot-sistemy-upravleniya-ohranoj-truda-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/normy-vydachi-sredstv-individualnoj-zashhity-po-dolzhnostyam-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/politika-v-oblasti-ohrany-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-metodika-po-identifikaczii-opasnostej-i-oczenke-urovnya-professionalnyh-riskov/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-komissii-po-oczenke-professionalnyh-riskov-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-komissii-po-speczialnoj-oczenke-uslovij-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-komitete-komissii-po-ohrane-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-prohozhdenii-medosmotra-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-rabote-s-podryadnymi-organizacziyami-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-raspredelenii-obyazannostej-mezhdu-rukovoditelyami-speczialistami-i-otvetstvennymi-liczami-v-sfere-ohrany-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-reagirovanii-i-rassledovanie-na-neschastnyj-sluchaj-na-proizvodstve-professionalnye-zabolevaniya-poryadok-uchyota-mikropovrezhdenij-mikrotravm-universalnyj-shablon-dlya-sozdaniya-su/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-sisteme-upravleniya-ohranoj-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-o-stazhirovke-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-ob-obespechenii-i-vydache-dermatologicheskih-siz-i-smyvayushhih-sredstv-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-ob-obespechenii-i-vydache-sredstv-individualnoj-zashhity-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-ob-oplate-truda-rabotnikov-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-ob-otdele-po-ohrane-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/polozhenie-ob-upolnomochennom-po-ohrane-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/pravila-ekspluataczii-avtomobilej-v-osenne-zimnij-period-vozhdenie-avtomobilej-v-zimnih-usloviyah-i-vo-vremya-gololeda-naledi-snezhnogo-nakata-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriy/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/pravila-vnutrennego-trudovogo-rasporyadka-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/programma-nulevogo-travmatizma-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ela365.ru/shop/sistema-upravleniya-ohranoj-truda-suot/programmy-instruktazhej-po-ohrane-truda-universalnyj-shablon-dlya-sozdaniya-suot-na-predpriyatii/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:3">
       <c r="B2" s="1" t="s">
         <v>0</v>
@@ -4253,54 +4268,54 @@
     <hyperlink ref="B12" location="'Инструкции по о'!A2"/>
     <hyperlink ref="B13" location="'Обучение онлайн'!A2"/>
     <hyperlink ref="B14" location="'Система управле'!A2"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C266"/>
+  <dimension ref="A1:C268"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C266" sqref="C266"/>
+      <selection activeCell="C268" sqref="C268"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
         <v>17</v>
@@ -4410,4004 +4425,4028 @@
       <c r="A26" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="10">
         <v>1</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C28" s="12">
-        <v>8000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="10">
         <v>2</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C29" s="12">
-        <v>15000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="30" spans="1:3">
-      <c r="A30" s="10">
-[...2 lines deleted...]
-      <c r="B30" s="11" t="s">
+      <c r="B30" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="C30" s="12">
-[...7 lines deleted...]
-      <c r="B31" s="11" t="s">
+      <c r="C30" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="C31" s="12">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:3">
-      <c r="B32" s="13" t="s">
+      <c r="A32" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="14" t="s">
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="10">
+        <v>1</v>
+      </c>
+      <c r="B34" s="11" t="s">
         <v>47</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <v>40</v>
+      <c r="C34" s="12">
+        <v>8000</v>
       </c>
     </row>
     <row r="35" spans="1:3">
-      <c r="A35" s="16" t="s">
+      <c r="A35" s="10">
+        <v>2</v>
+      </c>
+      <c r="B35" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="B35" s="8"/>
-      <c r="C35" s="8"/>
+      <c r="C35" s="12">
+        <v>12000</v>
+      </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="12">
-        <v>20000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="12">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="38" spans="1:3">
-      <c r="B38" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A38" s="10">
+        <v>5</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="10">
+        <v>6</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" s="12">
+        <v>12000</v>
       </c>
     </row>
     <row r="40" spans="1:3">
-      <c r="A40" s="9" t="s">
+      <c r="A40" s="10">
+        <v>7</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C40" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="B41" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C41" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B40" s="9" t="s">
+      <c r="B43" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="C43" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="41" spans="1:3">
-[...27 lines deleted...]
-    </row>
     <row r="44" spans="1:3">
-      <c r="A44" s="10">
-[...2 lines deleted...]
-      <c r="B44" s="11" t="s">
+      <c r="A44" s="16" t="s">
         <v>54</v>
       </c>
-      <c r="C44" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B44" s="8"/>
+      <c r="C44" s="8"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="10">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C45" s="12">
-        <v>12000</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
-      <c r="A46" s="10">
-[...2 lines deleted...]
-      <c r="B46" s="11" t="s">
+      <c r="B46" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C46" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="16" t="s">
         <v>56</v>
       </c>
-      <c r="C46" s="12">
-[...7 lines deleted...]
-      <c r="B47" s="11" t="s">
+      <c r="B49" s="8"/>
+      <c r="C49" s="8"/>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="10">
+        <v>1</v>
+      </c>
+      <c r="B50" s="11" t="s">
         <v>57</v>
       </c>
-      <c r="C47" s="12">
-[...7 lines deleted...]
-      <c r="B48" s="11" t="s">
+      <c r="C50" s="12">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="B51" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B53" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="16" t="s">
         <v>58</v>
       </c>
-      <c r="C48" s="12">
-[...23 lines deleted...]
-      <c r="A52" s="16" t="s">
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="10">
+        <v>1</v>
+      </c>
+      <c r="B55" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="B52" s="8"/>
-[...6 lines deleted...]
-      <c r="B53" s="11" t="s">
+      <c r="C55" s="12">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="10">
+        <v>2</v>
+      </c>
+      <c r="B56" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="C53" s="12">
-[...19 lines deleted...]
-        <v>40</v>
+      <c r="C56" s="12">
+        <v>10000</v>
       </c>
     </row>
     <row r="57" spans="1:3">
-      <c r="A57" s="16" t="s">
+      <c r="A57" s="10">
+        <v>3</v>
+      </c>
+      <c r="B57" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="8"/>
-      <c r="C57" s="8"/>
+      <c r="C57" s="12">
+        <v>10000</v>
+      </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="12">
-        <v>15000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="B59" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="10">
         <v>1</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>64</v>
       </c>
       <c r="C63" s="12">
-        <v>10000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="10">
         <v>2</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C64" s="12">
-        <v>10000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="10">
         <v>3</v>
       </c>
       <c r="B65" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C65" s="12">
-        <v>10000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="10">
         <v>4</v>
       </c>
       <c r="B66" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C66" s="12">
-        <v>10000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="67" spans="1:3">
-      <c r="B67" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A67" s="10">
+        <v>5</v>
+      </c>
+      <c r="B67" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C67" s="12">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="10">
+        <v>6</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C68" s="12">
+        <v>15000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
-      <c r="A69" s="9" t="s">
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="A69" s="10">
+        <v>7</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C69" s="12">
+        <v>15000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
-      <c r="A70" s="16" t="s">
-[...3 lines deleted...]
-      <c r="C70" s="8"/>
+      <c r="A70" s="10">
+        <v>8</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C70" s="12">
+        <v>15000</v>
+      </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="10">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C71" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="10">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="B72" s="11" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C72" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="73" spans="1:3">
-      <c r="A73" s="10">
-[...17 lines deleted...]
-        <v>15000</v>
+      <c r="B73" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C73" s="14" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="75" spans="1:3">
-      <c r="A75" s="10">
-[...6 lines deleted...]
-        <v>15000</v>
+      <c r="A75" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B75" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:3">
-      <c r="A76" s="10">
-[...2 lines deleted...]
-      <c r="B76" s="11" t="s">
+      <c r="A76" s="16" t="s">
         <v>74</v>
       </c>
-      <c r="C76" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B76" s="8"/>
+      <c r="C76" s="8"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="10">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>75</v>
       </c>
       <c r="C77" s="12">
-        <v>15000</v>
+        <v>16050</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="10">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>76</v>
       </c>
       <c r="C78" s="12">
-        <v>15000</v>
+        <v>16050</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="10">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>77</v>
       </c>
       <c r="C79" s="12">
-        <v>8000</v>
+        <v>8560</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="10">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C80" s="12">
+        <v>16050</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="10">
+        <v>5</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C81" s="12">
+        <v>10700</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="10">
+        <v>6</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C82" s="12">
+        <v>16050</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="B83" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C83" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C85" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B86" s="8"/>
+      <c r="C86" s="8"/>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="10">
+        <v>1</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C87" s="12">
         <v>15000</v>
       </c>
     </row>
-    <row r="81" spans="1:3">
-[...8 lines deleted...]
-      <c r="A83" s="9" t="s">
+    <row r="88" spans="1:3">
+      <c r="B88" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C88" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B83" s="9" t="s">
+      <c r="B90" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="C90" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="84" spans="1:3">
-[...7 lines deleted...]
-      <c r="A85" s="10">
+    <row r="91" spans="1:3">
+      <c r="A91" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B91" s="8"/>
+      <c r="C91" s="8"/>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="10">
         <v>1</v>
       </c>
-      <c r="B85" s="11" t="s">
-[...15 lines deleted...]
-      <c r="A88" s="9" t="s">
+      <c r="B92" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C92" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="10">
+        <v>2</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C93" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="B94" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C94" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B88" s="9" t="s">
+      <c r="B96" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="C96" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="89" spans="1:3">
-[...7 lines deleted...]
-      <c r="A90" s="10">
+    <row r="97" spans="1:3">
+      <c r="A97" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B97" s="8"/>
+      <c r="C97" s="8"/>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="10">
         <v>1</v>
       </c>
-      <c r="B90" s="11" t="s">
-[...26 lines deleted...]
-      <c r="A94" s="9" t="s">
+      <c r="B98" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C98" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="B99" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C99" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B94" s="9" t="s">
+      <c r="B101" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C94" s="9" t="s">
+      <c r="C101" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="95" spans="1:3">
-[...53 lines deleted...]
-    </row>
     <row r="102" spans="1:3">
-      <c r="A102" s="10">
-[...2 lines deleted...]
-      <c r="B102" s="11" t="s">
+      <c r="A102" s="16" t="s">
         <v>88</v>
       </c>
-      <c r="C102" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B102" s="8"/>
+      <c r="C102" s="8"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B103" s="11" t="s">
         <v>89</v>
       </c>
       <c r="C103" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="104" spans="1:3">
-      <c r="B104" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A104" s="10">
+        <v>2</v>
+      </c>
+      <c r="B104" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C104" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="10">
+        <v>3</v>
+      </c>
+      <c r="B105" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C105" s="12">
+        <v>8000</v>
       </c>
     </row>
     <row r="106" spans="1:3">
-      <c r="A106" s="9" t="s">
+      <c r="B106" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C106" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B106" s="9" t="s">
+      <c r="B108" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C106" s="9" t="s">
+      <c r="C108" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="107" spans="1:3">
-[...12 lines deleted...]
-      </c>
+    <row r="109" spans="1:3">
+      <c r="A109" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B109" s="8"/>
+      <c r="C109" s="8"/>
     </row>
     <row r="110" spans="1:3">
-      <c r="A110" s="9" t="s">
+      <c r="B110" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C110" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B110" s="9" t="s">
+      <c r="B112" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C110" s="9" t="s">
+      <c r="C112" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="111" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="113" spans="1:3">
-      <c r="A113" s="10">
-[...2 lines deleted...]
-      <c r="B113" s="11" t="s">
+      <c r="A113" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="C113" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B113" s="8"/>
+      <c r="C113" s="8"/>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B114" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C114" s="12">
-        <v>9000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B115" s="11" t="s">
         <v>95</v>
       </c>
       <c r="C115" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>96</v>
       </c>
       <c r="C116" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B117" s="11" t="s">
         <v>97</v>
       </c>
       <c r="C117" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="10">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B118" s="11" t="s">
         <v>98</v>
       </c>
       <c r="C118" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B119" s="11" t="s">
         <v>99</v>
       </c>
       <c r="C119" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>100</v>
       </c>
       <c r="C120" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>101</v>
       </c>
       <c r="C121" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B122" s="11" t="s">
         <v>102</v>
       </c>
       <c r="C122" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B123" s="11" t="s">
         <v>103</v>
       </c>
       <c r="C123" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="10">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B124" s="11" t="s">
         <v>104</v>
       </c>
       <c r="C124" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B125" s="11" t="s">
         <v>105</v>
       </c>
       <c r="C125" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B126" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C126" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="10">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B127" s="11" t="s">
         <v>107</v>
       </c>
       <c r="C127" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B128" s="11" t="s">
         <v>108</v>
       </c>
       <c r="C128" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B129" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C129" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B130" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C130" s="12">
-        <v>12000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="10">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B131" s="11" t="s">
         <v>111</v>
       </c>
       <c r="C131" s="12">
-        <v>12000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="10">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B132" s="11" t="s">
         <v>112</v>
       </c>
       <c r="C132" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B133" s="11" t="s">
         <v>113</v>
       </c>
       <c r="C133" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="10">
+        <v>21</v>
+      </c>
+      <c r="B134" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C134" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="10">
+        <v>22</v>
+      </c>
+      <c r="B135" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="C135" s="12">
         <v>8000</v>
       </c>
     </row>
-    <row r="134" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="136" spans="1:3">
-      <c r="A136" s="9" t="s">
+      <c r="B136" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C136" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B136" s="9" t="s">
+      <c r="B138" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C136" s="9" t="s">
+      <c r="C138" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="137" spans="1:3">
-[...7 lines deleted...]
-      <c r="A138" s="10">
+    <row r="139" spans="1:3">
+      <c r="A139" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B139" s="8"/>
+      <c r="C139" s="8"/>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="10">
         <v>1</v>
       </c>
-      <c r="B138" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="12">
+      <c r="B140" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="C140" s="12">
         <v>20000</v>
       </c>
     </row>
-    <row r="139" spans="1:3">
-      <c r="A139" s="10">
+    <row r="141" spans="1:3">
+      <c r="A141" s="10">
         <v>2</v>
       </c>
-      <c r="B139" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C139" s="12">
+      <c r="B141" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C141" s="12">
         <v>20000</v>
       </c>
     </row>
-    <row r="140" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="142" spans="1:3">
-      <c r="A142" s="9" t="s">
+      <c r="B142" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C142" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B142" s="9" t="s">
+      <c r="B144" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C142" s="9" t="s">
+      <c r="C144" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="143" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="145" spans="1:3">
-      <c r="A145" s="10">
-[...2 lines deleted...]
-      <c r="B145" s="11" t="s">
+      <c r="A145" s="16" t="s">
         <v>119</v>
       </c>
-      <c r="C145" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B145" s="8"/>
+      <c r="C145" s="8"/>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B146" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C146" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B147" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C147" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B148" s="11" t="s">
         <v>122</v>
       </c>
       <c r="C148" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B149" s="11" t="s">
         <v>123</v>
       </c>
       <c r="C149" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="10">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B150" s="11" t="s">
         <v>124</v>
       </c>
       <c r="C150" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="10">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B151" s="11" t="s">
         <v>125</v>
       </c>
       <c r="C151" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="10">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B152" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C152" s="12">
-        <v>8000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="10">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B153" s="11" t="s">
         <v>127</v>
       </c>
       <c r="C153" s="12">
-        <v>25000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="10">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B154" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C154" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B155" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C155" s="12">
-        <v>8000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="10">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B156" s="11" t="s">
         <v>130</v>
       </c>
       <c r="C156" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="10">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B157" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C157" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="10">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B158" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C158" s="12">
-        <v>8000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="10">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B159" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C159" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="10">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B160" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C160" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="10">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B161" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C161" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="10">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B162" s="11" t="s">
         <v>136</v>
       </c>
       <c r="C162" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="10">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B163" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C163" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="10">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B164" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C164" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="10">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B165" s="11" t="s">
         <v>139</v>
       </c>
       <c r="C165" s="12">
-        <v>8000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="10">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B166" s="11" t="s">
         <v>140</v>
       </c>
       <c r="C166" s="12">
-        <v>8000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="10">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B167" s="11" t="s">
         <v>141</v>
       </c>
       <c r="C167" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="10">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B168" s="11" t="s">
         <v>142</v>
       </c>
       <c r="C168" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="10">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B169" s="11" t="s">
         <v>143</v>
       </c>
       <c r="C169" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="10">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B170" s="11" t="s">
         <v>144</v>
       </c>
       <c r="C170" s="12">
-        <v>15000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="10">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B171" s="11" t="s">
         <v>145</v>
       </c>
       <c r="C171" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="10">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B172" s="11" t="s">
         <v>146</v>
       </c>
       <c r="C172" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="10">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B173" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C173" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="10">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B174" s="11" t="s">
         <v>148</v>
       </c>
       <c r="C174" s="12">
-        <v>8000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="10">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B175" s="11" t="s">
         <v>149</v>
       </c>
       <c r="C175" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="10">
+        <v>31</v>
+      </c>
+      <c r="B176" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="C176" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="10">
+        <v>32</v>
+      </c>
+      <c r="B177" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C177" s="12">
         <v>15000</v>
       </c>
     </row>
-    <row r="176" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="178" spans="1:3">
-      <c r="A178" s="9" t="s">
+      <c r="B178" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C178" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B178" s="9" t="s">
+      <c r="B180" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C178" s="9" t="s">
+      <c r="C180" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="179" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="181" spans="1:3">
-      <c r="A181" s="10">
-[...2 lines deleted...]
-      <c r="B181" s="11" t="s">
+      <c r="A181" s="16" t="s">
         <v>152</v>
       </c>
-      <c r="C181" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B181" s="8"/>
+      <c r="C181" s="8"/>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B182" s="11" t="s">
         <v>153</v>
       </c>
       <c r="C182" s="12">
-        <v>12000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B183" s="11" t="s">
         <v>154</v>
       </c>
       <c r="C183" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B184" s="11" t="s">
         <v>155</v>
       </c>
       <c r="C184" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B185" s="11" t="s">
         <v>156</v>
       </c>
       <c r="C185" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="10">
+        <v>5</v>
+      </c>
+      <c r="B186" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="C186" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="10">
+        <v>6</v>
+      </c>
+      <c r="B187" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="C187" s="12">
         <v>20000</v>
       </c>
     </row>
-    <row r="186" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="188" spans="1:3">
-      <c r="A188" s="9" t="s">
+      <c r="B188" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C188" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B188" s="9" t="s">
+      <c r="B190" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C188" s="9" t="s">
+      <c r="C190" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="189" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="191" spans="1:3">
-      <c r="A191" s="10">
-[...2 lines deleted...]
-      <c r="B191" s="11" t="s">
+      <c r="A191" s="16" t="s">
         <v>159</v>
       </c>
-      <c r="C191" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B191" s="8"/>
+      <c r="C191" s="8"/>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B192" s="11" t="s">
         <v>160</v>
       </c>
       <c r="C192" s="12">
-        <v>15000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B193" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C193" s="12">
-        <v>15000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B194" s="11" t="s">
         <v>162</v>
       </c>
       <c r="C194" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B195" s="11" t="s">
         <v>163</v>
       </c>
       <c r="C195" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="196" spans="1:3">
-      <c r="B196" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A196" s="10">
+        <v>5</v>
+      </c>
+      <c r="B196" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="C196" s="12">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="10">
+        <v>6</v>
+      </c>
+      <c r="B197" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C197" s="12">
+        <v>15000</v>
       </c>
     </row>
     <row r="198" spans="1:3">
-      <c r="A198" s="9" t="s">
+      <c r="B198" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C198" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B198" s="9" t="s">
+      <c r="B200" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C198" s="9" t="s">
+      <c r="C200" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="199" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="201" spans="1:3">
-      <c r="A201" s="10">
-[...2 lines deleted...]
-      <c r="B201" s="11" t="s">
+      <c r="A201" s="16" t="s">
         <v>166</v>
       </c>
-      <c r="C201" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B201" s="8"/>
+      <c r="C201" s="8"/>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B202" s="11" t="s">
         <v>167</v>
       </c>
       <c r="C202" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B203" s="11" t="s">
         <v>168</v>
       </c>
       <c r="C203" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="204" spans="1:3">
-      <c r="B204" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A204" s="10">
+        <v>3</v>
+      </c>
+      <c r="B204" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="C204" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="10">
+        <v>4</v>
+      </c>
+      <c r="B205" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="C205" s="12">
+        <v>8000</v>
       </c>
     </row>
     <row r="206" spans="1:3">
-      <c r="A206" s="9" t="s">
+      <c r="B206" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C206" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B206" s="9" t="s">
+      <c r="B208" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C206" s="9" t="s">
+      <c r="C208" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="207" spans="1:3">
-[...7 lines deleted...]
-      <c r="A208" s="10">
+    <row r="209" spans="1:3">
+      <c r="A209" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="B209" s="8"/>
+      <c r="C209" s="8"/>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="10">
         <v>1</v>
       </c>
-      <c r="B208" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C208" s="12">
+      <c r="B210" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C210" s="12">
         <v>15000</v>
       </c>
     </row>
-    <row r="209" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="211" spans="1:3">
-      <c r="A211" s="9" t="s">
+      <c r="B211" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C211" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B211" s="9" t="s">
+      <c r="B213" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C211" s="9" t="s">
+      <c r="C213" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="212" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="214" spans="1:3">
-      <c r="A214" s="10">
-[...2 lines deleted...]
-      <c r="B214" s="11" t="s">
+      <c r="A214" s="16" t="s">
         <v>173</v>
       </c>
-      <c r="C214" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B214" s="8"/>
+      <c r="C214" s="8"/>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B215" s="11" t="s">
         <v>174</v>
       </c>
       <c r="C215" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B216" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C216" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B217" s="11" t="s">
         <v>176</v>
       </c>
       <c r="C217" s="12">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B218" s="11" t="s">
         <v>177</v>
       </c>
       <c r="C218" s="12">
-        <v>12000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="10">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B219" s="11" t="s">
         <v>178</v>
       </c>
       <c r="C219" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="10">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B220" s="11" t="s">
         <v>179</v>
       </c>
       <c r="C220" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="10">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B221" s="11" t="s">
         <v>180</v>
       </c>
       <c r="C221" s="12">
-        <v>12000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="10">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B222" s="11" t="s">
         <v>181</v>
       </c>
       <c r="C222" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="10">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B223" s="11" t="s">
         <v>182</v>
       </c>
       <c r="C223" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B224" s="11" t="s">
         <v>183</v>
       </c>
       <c r="C224" s="12">
-        <v>20000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="10">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B225" s="11" t="s">
         <v>184</v>
       </c>
       <c r="C225" s="12">
-        <v>20000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="10">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B226" s="11" t="s">
         <v>185</v>
       </c>
       <c r="C226" s="12">
-        <v>12000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="10">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B227" s="11" t="s">
         <v>186</v>
       </c>
       <c r="C227" s="12">
-        <v>12000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="10">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B228" s="11" t="s">
         <v>187</v>
       </c>
       <c r="C228" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="10">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B229" s="11" t="s">
         <v>188</v>
       </c>
       <c r="C229" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="10">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B230" s="11" t="s">
         <v>189</v>
       </c>
       <c r="C230" s="12">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="10">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B231" s="11" t="s">
         <v>190</v>
       </c>
       <c r="C231" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="10">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B232" s="11" t="s">
         <v>191</v>
       </c>
       <c r="C232" s="12">
-        <v>12000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="10">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B233" s="11" t="s">
         <v>192</v>
       </c>
       <c r="C233" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="10">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B234" s="11" t="s">
         <v>193</v>
       </c>
       <c r="C234" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="10">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B235" s="11" t="s">
         <v>194</v>
       </c>
       <c r="C235" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="10">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B236" s="11" t="s">
         <v>195</v>
       </c>
       <c r="C236" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="10">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B237" s="11" t="s">
         <v>196</v>
       </c>
       <c r="C237" s="12">
-        <v>8000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="10">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B238" s="11" t="s">
         <v>197</v>
       </c>
       <c r="C238" s="12">
-        <v>15000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="10">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B239" s="11" t="s">
         <v>198</v>
       </c>
       <c r="C239" s="12">
-        <v>12000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="10">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B240" s="11" t="s">
         <v>199</v>
       </c>
       <c r="C240" s="12">
-        <v>12000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="10">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B241" s="11" t="s">
         <v>200</v>
       </c>
       <c r="C241" s="12">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="10">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B242" s="11" t="s">
         <v>201</v>
       </c>
       <c r="C242" s="12">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="10">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B243" s="11" t="s">
         <v>202</v>
       </c>
       <c r="C243" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="10">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B244" s="11" t="s">
         <v>203</v>
       </c>
       <c r="C244" s="12">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="10">
+        <v>31</v>
+      </c>
+      <c r="B245" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="C245" s="12">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="10">
+        <v>32</v>
+      </c>
+      <c r="B246" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="C246" s="12">
         <v>12000</v>
       </c>
     </row>
-    <row r="245" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="247" spans="1:3">
-      <c r="A247" s="9" t="s">
+      <c r="B247" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C247" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B247" s="9" t="s">
+      <c r="B249" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C247" s="9" t="s">
+      <c r="C249" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="248" spans="1:3">
-[...7 lines deleted...]
-      <c r="A249" s="10">
+    <row r="250" spans="1:3">
+      <c r="A250" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="B250" s="8"/>
+      <c r="C250" s="8"/>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="10">
         <v>1</v>
       </c>
-      <c r="B249" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C249" s="12">
+      <c r="B251" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="C251" s="12">
         <v>12000</v>
       </c>
     </row>
-    <row r="250" spans="1:3">
-      <c r="A250" s="10">
+    <row r="252" spans="1:3">
+      <c r="A252" s="10">
         <v>2</v>
       </c>
-      <c r="B250" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C250" s="12">
+      <c r="B252" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="C252" s="12">
         <v>12000</v>
       </c>
     </row>
-    <row r="251" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="253" spans="1:3">
-      <c r="A253" s="9" t="s">
+      <c r="B253" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C253" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B253" s="9" t="s">
+      <c r="B255" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C253" s="9" t="s">
+      <c r="C255" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="254" spans="1:3">
-[...7 lines deleted...]
-      <c r="A255" s="10">
+    <row r="256" spans="1:3">
+      <c r="A256" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="B256" s="8"/>
+      <c r="C256" s="8"/>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="10">
         <v>1</v>
       </c>
-      <c r="B255" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C255" s="12">
+      <c r="B257" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="C257" s="12">
         <v>15000</v>
       </c>
     </row>
-    <row r="256" spans="1:3">
-      <c r="A256" s="10">
+    <row r="258" spans="1:3">
+      <c r="A258" s="10">
         <v>2</v>
       </c>
-      <c r="B256" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C256" s="12">
+      <c r="B258" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="C258" s="12">
         <v>15000</v>
       </c>
     </row>
-    <row r="257" spans="1:3">
-[...6 lines deleted...]
-    </row>
     <row r="259" spans="1:3">
-      <c r="A259" s="9" t="s">
+      <c r="B259" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C259" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B259" s="9" t="s">
+      <c r="B261" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C259" s="9" t="s">
+      <c r="C261" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="260" spans="1:3">
-[...16 lines deleted...]
-    </row>
     <row r="262" spans="1:3">
-      <c r="A262" s="10">
-[...2 lines deleted...]
-      <c r="B262" s="11" t="s">
+      <c r="A262" s="16" t="s">
         <v>212</v>
       </c>
-      <c r="C262" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="B262" s="8"/>
+      <c r="C262" s="8"/>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B263" s="11" t="s">
         <v>213</v>
       </c>
       <c r="C263" s="12">
-        <v>15000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B264" s="11" t="s">
         <v>214</v>
       </c>
       <c r="C264" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B265" s="11" t="s">
         <v>215</v>
       </c>
       <c r="C265" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="266" spans="1:3">
-      <c r="B266" s="13" t="s">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="A266" s="10">
+        <v>4</v>
+      </c>
+      <c r="B266" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="C266" s="12">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="10">
+        <v>5</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="C267" s="12">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="B268" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C268" s="14" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A27:C27"/>
-    <mergeCell ref="A35:C35"/>
-[...2 lines deleted...]
-    <mergeCell ref="A57:C57"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A54:C54"/>
     <mergeCell ref="A62:C62"/>
-    <mergeCell ref="A70:C70"/>
-[...15 lines deleted...]
-    <mergeCell ref="A260:C260"/>
+    <mergeCell ref="A76:C76"/>
+    <mergeCell ref="A86:C86"/>
+    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="A97:C97"/>
+    <mergeCell ref="A102:C102"/>
+    <mergeCell ref="A109:C109"/>
+    <mergeCell ref="A113:C113"/>
+    <mergeCell ref="A139:C139"/>
+    <mergeCell ref="A145:C145"/>
+    <mergeCell ref="A181:C181"/>
+    <mergeCell ref="A191:C191"/>
+    <mergeCell ref="A201:C201"/>
+    <mergeCell ref="A209:C209"/>
+    <mergeCell ref="A214:C214"/>
+    <mergeCell ref="A250:C250"/>
+    <mergeCell ref="A256:C256"/>
+    <mergeCell ref="A262:C262"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Готовые програм'!A27"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_2"/>
-    <hyperlink ref="B30" r:id="rId_hyperlink_3"/>
-[...3 lines deleted...]
-    <hyperlink ref="B3" location="'Готовые програм'!A35"/>
+    <hyperlink ref="B30" location="'Содержание'!B8"/>
+    <hyperlink ref="C30" location="'Готовые програм'!B2"/>
+    <hyperlink ref="B3" location="'Готовые програм'!A33"/>
+    <hyperlink ref="B34" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="B35" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_6"/>
-    <hyperlink ref="B38" location="'Содержание'!B8"/>
-[...4 lines deleted...]
-    <hyperlink ref="B44" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B38" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B39" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="B40" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="B41" location="'Содержание'!B8"/>
+    <hyperlink ref="C41" location="'Готовые програм'!B3"/>
+    <hyperlink ref="B4" location="'Готовые програм'!A44"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_10"/>
-    <hyperlink ref="B46" r:id="rId_hyperlink_11"/>
-[...8 lines deleted...]
-    <hyperlink ref="B6" location="'Готовые програм'!A57"/>
+    <hyperlink ref="B46" location="'Содержание'!B8"/>
+    <hyperlink ref="C46" location="'Готовые програм'!B4"/>
+    <hyperlink ref="B5" location="'Готовые програм'!A49"/>
+    <hyperlink ref="B50" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="B51" location="'Содержание'!B8"/>
+    <hyperlink ref="C51" location="'Готовые програм'!B5"/>
+    <hyperlink ref="B6" location="'Готовые програм'!A54"/>
+    <hyperlink ref="B55" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="B56" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="B57" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B59" location="'Содержание'!B8"/>
     <hyperlink ref="C59" location="'Готовые програм'!B6"/>
     <hyperlink ref="B7" location="'Готовые програм'!A62"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_19"/>
-    <hyperlink ref="B67" location="'Содержание'!B8"/>
-[...7 lines deleted...]
-    <hyperlink ref="B76" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B67" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="B68" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="B69" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="B70" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="B71" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="B72" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="B73" location="'Содержание'!B8"/>
+    <hyperlink ref="C73" location="'Готовые програм'!B7"/>
+    <hyperlink ref="B8" location="'Готовые програм'!A76"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_29"/>
-    <hyperlink ref="B81" location="'Содержание'!B8"/>
-[...16 lines deleted...]
-    <hyperlink ref="B102" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B81" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="B82" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="B83" location="'Содержание'!B8"/>
+    <hyperlink ref="C83" location="'Готовые програм'!B8"/>
+    <hyperlink ref="B9" location="'Готовые програм'!A86"/>
+    <hyperlink ref="B87" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="B88" location="'Содержание'!B8"/>
+    <hyperlink ref="C88" location="'Готовые програм'!B9"/>
+    <hyperlink ref="B10" location="'Готовые програм'!A91"/>
+    <hyperlink ref="B92" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="B93" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="B94" location="'Содержание'!B8"/>
+    <hyperlink ref="C94" location="'Готовые програм'!B10"/>
+    <hyperlink ref="B11" location="'Готовые програм'!A97"/>
+    <hyperlink ref="B98" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B99" location="'Содержание'!B8"/>
+    <hyperlink ref="C99" location="'Готовые програм'!B11"/>
+    <hyperlink ref="B12" location="'Готовые програм'!A102"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="B104" location="'Содержание'!B8"/>
-[...6 lines deleted...]
-    <hyperlink ref="B113" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="B104" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="B105" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="B106" location="'Содержание'!B8"/>
+    <hyperlink ref="C106" location="'Готовые програм'!B12"/>
+    <hyperlink ref="B13" location="'Готовые програм'!A109"/>
+    <hyperlink ref="B110" location="'Содержание'!B8"/>
+    <hyperlink ref="C110" location="'Готовые програм'!B13"/>
+    <hyperlink ref="B14" location="'Готовые програм'!A113"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_58"/>
-    <hyperlink ref="B134" location="'Содержание'!B8"/>
-[...8 lines deleted...]
-    <hyperlink ref="B145" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="B134" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="B135" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="B136" location="'Содержание'!B8"/>
+    <hyperlink ref="C136" location="'Готовые програм'!B14"/>
+    <hyperlink ref="B15" location="'Готовые програм'!A139"/>
+    <hyperlink ref="B140" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="B141" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="B142" location="'Содержание'!B8"/>
+    <hyperlink ref="C142" location="'Готовые програм'!B15"/>
+    <hyperlink ref="B16" location="'Готовые програм'!A145"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_92"/>
-    <hyperlink ref="B176" location="'Содержание'!B8"/>
-[...3 lines deleted...]
-    <hyperlink ref="B181" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="B176" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="B177" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="B178" location="'Содержание'!B8"/>
+    <hyperlink ref="C178" location="'Готовые програм'!B16"/>
+    <hyperlink ref="B17" location="'Готовые програм'!A181"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_98"/>
-    <hyperlink ref="B186" location="'Содержание'!B8"/>
-[...3 lines deleted...]
-    <hyperlink ref="B191" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="B186" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="B187" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="B188" location="'Содержание'!B8"/>
+    <hyperlink ref="C188" location="'Готовые програм'!B17"/>
+    <hyperlink ref="B18" location="'Готовые програм'!A191"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B194" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B195" r:id="rId_hyperlink_104"/>
-    <hyperlink ref="B196" location="'Содержание'!B8"/>
-[...3 lines deleted...]
-    <hyperlink ref="B201" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="B196" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="B197" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="B198" location="'Содержание'!B8"/>
+    <hyperlink ref="C198" location="'Готовые програм'!B18"/>
+    <hyperlink ref="B19" location="'Готовые програм'!A201"/>
     <hyperlink ref="B202" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B203" r:id="rId_hyperlink_108"/>
-    <hyperlink ref="B204" location="'Содержание'!B8"/>
-[...7 lines deleted...]
-    <hyperlink ref="B214" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B204" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="B205" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="B206" location="'Содержание'!B8"/>
+    <hyperlink ref="C206" location="'Готовые програм'!B19"/>
+    <hyperlink ref="B20" location="'Готовые програм'!A209"/>
+    <hyperlink ref="B210" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B211" location="'Содержание'!B8"/>
+    <hyperlink ref="C211" location="'Готовые програм'!B20"/>
+    <hyperlink ref="B21" location="'Готовые програм'!A214"/>
     <hyperlink ref="B215" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B216" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B217" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B218" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B219" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B220" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B231" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B232" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B233" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B234" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B235" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B236" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B237" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B238" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B239" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B240" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B241" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B242" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B243" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B244" r:id="rId_hyperlink_141"/>
-    <hyperlink ref="B245" location="'Содержание'!B8"/>
-[...13 lines deleted...]
-    <hyperlink ref="B262" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="B245" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="B246" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="B247" location="'Содержание'!B8"/>
+    <hyperlink ref="C247" location="'Готовые програм'!B21"/>
+    <hyperlink ref="B22" location="'Готовые програм'!A250"/>
+    <hyperlink ref="B251" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="B252" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="B253" location="'Содержание'!B8"/>
+    <hyperlink ref="C253" location="'Готовые програм'!B22"/>
+    <hyperlink ref="B23" location="'Готовые програм'!A256"/>
+    <hyperlink ref="B257" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="B258" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="B259" location="'Содержание'!B8"/>
+    <hyperlink ref="C259" location="'Готовые програм'!B23"/>
+    <hyperlink ref="B24" location="'Готовые програм'!A262"/>
     <hyperlink ref="B263" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B264" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B265" r:id="rId_hyperlink_150"/>
-    <hyperlink ref="B266" location="'Содержание'!B8"/>
-    <hyperlink ref="C266" location="'Готовые програм'!B24"/>
+    <hyperlink ref="B266" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="B267" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="B268" location="'Содержание'!B8"/>
+    <hyperlink ref="C268" location="'Готовые програм'!B24"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C170"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C170" sqref="C170"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="7" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="B6" s="7" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="B7" s="7" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="B8" s="7" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="B9" s="7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="B10" s="7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="B11" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="B12" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="B13" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="B14" s="7" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="B15" s="7" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="B16" s="7" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="B17" s="7" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="B18" s="7" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="16" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="10">
         <v>1</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C22" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="10">
         <v>2</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C23" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="10">
         <v>3</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C24" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="B25" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="16" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="10">
         <v>1</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C29" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="10">
         <v>2</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C30" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="10">
         <v>3</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C31" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="10">
         <v>4</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C32" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="10">
         <v>5</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C33" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="10">
         <v>6</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C34" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="10">
         <v>7</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C35" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="10">
         <v>8</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C36" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="10">
         <v>9</v>
       </c>
       <c r="B37" s="11" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C37" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="B38" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="16" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="10">
         <v>1</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C42" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="10">
         <v>2</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C43" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="B44" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C44" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="16" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="10">
         <v>1</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C48" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="B49" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="16" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="10">
         <v>1</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C53" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="10">
         <v>2</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C54" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="10">
         <v>3</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C55" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="10">
         <v>4</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C56" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="10">
         <v>5</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C57" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="10">
         <v>6</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C58" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="B59" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="16" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="10">
         <v>1</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C63" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="10">
         <v>2</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C64" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="10">
         <v>3</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C65" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="B66" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C66" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C68" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="16" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="10">
         <v>1</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C70" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="10">
         <v>2</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C71" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="10">
         <v>3</v>
       </c>
       <c r="B72" s="11" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C72" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="10">
         <v>4</v>
       </c>
       <c r="B73" s="11" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C73" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="10">
         <v>5</v>
       </c>
       <c r="B74" s="11" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C74" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="B75" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C75" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C77" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="16" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B78" s="8"/>
       <c r="C78" s="8"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="10">
         <v>1</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C79" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="10">
         <v>2</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C80" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="10">
         <v>3</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C81" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="10">
         <v>4</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C82" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="10">
         <v>5</v>
       </c>
       <c r="B83" s="11" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C83" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="B84" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C84" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="16" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B87" s="8"/>
       <c r="C87" s="8"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="10">
         <v>1</v>
       </c>
       <c r="B88" s="11" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C88" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="10">
         <v>2</v>
       </c>
       <c r="B89" s="11" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C89" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="B90" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C90" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C92" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B93" s="8"/>
       <c r="C93" s="8"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="10">
         <v>1</v>
       </c>
       <c r="B94" s="11" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C94" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="10">
         <v>2</v>
       </c>
       <c r="B95" s="11" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C95" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10">
         <v>3</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C96" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10">
         <v>4</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C97" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10">
         <v>5</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C98" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10">
         <v>6</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C99" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10">
         <v>7</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C100" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10">
         <v>8</v>
       </c>
       <c r="B101" s="11" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C101" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10">
         <v>9</v>
       </c>
       <c r="B102" s="11" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C102" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10">
         <v>10</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C103" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10">
         <v>11</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C104" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10">
         <v>12</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C105" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10">
         <v>13</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C106" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="10">
         <v>14</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C107" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="B108" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C108" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B110" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="16" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B111" s="8"/>
       <c r="C111" s="8"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="10">
         <v>1</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C112" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="10">
         <v>2</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C113" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10">
         <v>3</v>
       </c>
       <c r="B114" s="11" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C114" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="10">
         <v>4</v>
       </c>
       <c r="B115" s="11" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C115" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10">
         <v>5</v>
       </c>
       <c r="B116" s="11" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C116" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10">
         <v>6</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C117" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="10">
         <v>7</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C118" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10">
         <v>8</v>
       </c>
       <c r="B119" s="11" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C119" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10">
         <v>9</v>
       </c>
       <c r="B120" s="11" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C120" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10">
         <v>10</v>
       </c>
       <c r="B121" s="11" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C121" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10">
         <v>11</v>
       </c>
       <c r="B122" s="11" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C122" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10">
         <v>12</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C123" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="B124" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C124" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B126" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C126" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="16" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B127" s="8"/>
       <c r="C127" s="8"/>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10">
         <v>1</v>
       </c>
       <c r="B128" s="11" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C128" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10">
         <v>2</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C129" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="B130" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C130" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B132" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C132" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="16" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B133" s="8"/>
       <c r="C133" s="8"/>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10">
         <v>1</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C134" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="10">
         <v>2</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C135" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="B136" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C136" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B138" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="16" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B139" s="8"/>
       <c r="C139" s="8"/>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="10">
         <v>1</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C140" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="B141" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C141" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B143" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="16" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B144" s="8"/>
       <c r="C144" s="8"/>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="10">
         <v>1</v>
       </c>
       <c r="B145" s="11" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C145" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="B146" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C146" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B148" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="16" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B149" s="8"/>
       <c r="C149" s="8"/>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="10">
         <v>1</v>
       </c>
       <c r="B150" s="11" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C150" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="10">
         <v>2</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C151" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="10">
         <v>3</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C152" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="10">
         <v>4</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C153" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="B154" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C154" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B156" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C156" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="16" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B157" s="8"/>
       <c r="C157" s="8"/>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="10">
         <v>1</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C158" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="10">
         <v>2</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C159" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="10">
         <v>3</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C160" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="10">
         <v>4</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C161" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="10">
         <v>5</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C162" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="10">
         <v>6</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C163" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="10">
         <v>7</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C164" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="10">
         <v>8</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C165" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="10">
         <v>9</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C166" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="10">
         <v>10</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C167" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="10">
         <v>11</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C168" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="10">
         <v>12</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C169" s="12">
         <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="B170" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C170" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="A47:C47"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="A78:C78"/>
     <mergeCell ref="A87:C87"/>
     <mergeCell ref="A93:C93"/>
     <mergeCell ref="A111:C111"/>
     <mergeCell ref="A127:C127"/>
     <mergeCell ref="A133:C133"/>
     <mergeCell ref="A139:C139"/>
     <mergeCell ref="A144:C144"/>
     <mergeCell ref="A149:C149"/>
     <mergeCell ref="A157:C157"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Журналы'!A21"/>
@@ -8543,3541 +8582,3553 @@
     <hyperlink ref="B167" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B170" location="'Содержание'!B9"/>
     <hyperlink ref="C170" location="'Журналы'!B18"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="7" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="16" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="10">
         <v>1</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C9" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="B10" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="A10" s="10">
+        <v>2</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="C10" s="12">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="B11" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="9" t="s">
+      <c r="B13" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="C13" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="13" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A14" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B14" s="8"/>
+      <c r="C14" s="8"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="10">
+        <v>1</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>338</v>
+      </c>
+      <c r="C15" s="12">
+        <v>5500</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="10">
         <v>2</v>
       </c>
-      <c r="B15" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="12">
+      <c r="B16" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="C16" s="12">
         <v>2500</v>
       </c>
     </row>
-    <row r="16" spans="1:3">
-[...8 lines deleted...]
-      <c r="A18" s="9" t="s">
+    <row r="17" spans="1:3">
+      <c r="B17" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="9" t="s">
+      <c r="B19" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="C19" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="19" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A20" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="10">
+        <v>1</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="C21" s="12">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="10">
         <v>2</v>
       </c>
-      <c r="B21" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="12">
+      <c r="B22" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="C22" s="12">
         <v>1000</v>
       </c>
     </row>
-    <row r="22" spans="1:3">
-[...8 lines deleted...]
-      <c r="A24" s="9" t="s">
+    <row r="23" spans="1:3">
+      <c r="B23" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="9" t="s">
+      <c r="B25" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="C25" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="26" spans="1:3">
-      <c r="A26" s="10">
+      <c r="A26" s="16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="10">
         <v>1</v>
       </c>
-      <c r="B26" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="12">
+      <c r="B27" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="C27" s="12">
         <v>1500</v>
       </c>
     </row>
-    <row r="27" spans="1:3">
-[...4 lines deleted...]
-        <v>47</v>
+    <row r="28" spans="1:3">
+      <c r="B28" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A8:C8"/>
-    <mergeCell ref="A13:C13"/>
-[...1 lines deleted...]
-    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A26:C26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Инструктажи'!A8"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="B10" location="'Содержание'!B10"/>
-[...2 lines deleted...]
-    <hyperlink ref="B14" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="B11" location="'Содержание'!B10"/>
+    <hyperlink ref="C11" location="'Инструктажи'!B2"/>
+    <hyperlink ref="B3" location="'Инструктажи'!A14"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="B16" location="'Содержание'!B10"/>
-[...2 lines deleted...]
-    <hyperlink ref="B20" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="B17" location="'Содержание'!B10"/>
+    <hyperlink ref="C17" location="'Инструктажи'!B3"/>
+    <hyperlink ref="B4" location="'Инструктажи'!A20"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="B22" location="'Содержание'!B10"/>
-[...4 lines deleted...]
-    <hyperlink ref="C27" location="'Инструктажи'!B5"/>
+    <hyperlink ref="B22" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="B23" location="'Содержание'!B10"/>
+    <hyperlink ref="C23" location="'Инструктажи'!B4"/>
+    <hyperlink ref="B5" location="'Инструктажи'!A26"/>
+    <hyperlink ref="B27" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="B28" location="'Содержание'!B10"/>
+    <hyperlink ref="C28" location="'Инструктажи'!B5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C329"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C329" sqref="C329"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="7" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="B6" s="7" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="B7" s="7" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="B8" s="7" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="B9" s="7" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="B10" s="7" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="B11" s="7" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="B12" s="7" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="B13" s="7" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="B14" s="7" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="B15" s="7" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="B16" s="7" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="B17" s="7" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="16" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="10">
         <v>1</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C21" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="10">
         <v>2</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C22" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="10">
         <v>3</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C23" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="10">
         <v>4</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C24" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="10">
         <v>5</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C25" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="10">
         <v>6</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C26" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="10">
         <v>7</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C27" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="10">
         <v>8</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C28" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="B29" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="16" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="10">
         <v>1</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C33" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="10">
         <v>2</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C34" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="10">
         <v>3</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C35" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="B36" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="16" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="10">
         <v>1</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C40" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="10">
         <v>2</v>
       </c>
       <c r="B41" s="11" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C41" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="10">
         <v>3</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C42" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="10">
         <v>4</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C43" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="10">
         <v>5</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C44" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="10">
         <v>6</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C45" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="10">
         <v>7</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C46" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="10">
         <v>8</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C47" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="10">
         <v>9</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C48" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="B49" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="16" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="10">
         <v>1</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C53" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="10">
         <v>2</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C54" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="10">
         <v>3</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C55" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="10">
         <v>4</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C56" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="10">
         <v>5</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C57" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="10">
         <v>6</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C58" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="B59" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="16" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="10">
         <v>1</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C63" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="10">
         <v>2</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C64" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="10">
         <v>3</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C65" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="10">
         <v>4</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C66" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="10">
         <v>5</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C67" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="10">
         <v>6</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C68" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="10">
         <v>7</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C69" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="10">
         <v>8</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C70" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="10">
         <v>9</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C71" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="10">
         <v>10</v>
       </c>
       <c r="B72" s="11" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C72" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="10">
         <v>11</v>
       </c>
       <c r="B73" s="11" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C73" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="10">
         <v>12</v>
       </c>
       <c r="B74" s="11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="10">
         <v>13</v>
       </c>
       <c r="B75" s="11" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C75" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="10">
         <v>14</v>
       </c>
       <c r="B76" s="11" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C76" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="10">
         <v>15</v>
       </c>
       <c r="B77" s="11" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C77" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="10">
         <v>16</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C78" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="10">
         <v>17</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C79" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="10">
         <v>18</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C80" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="10">
         <v>19</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C81" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="10">
         <v>20</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C82" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="10">
         <v>21</v>
       </c>
       <c r="B83" s="11" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C83" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="10">
         <v>22</v>
       </c>
       <c r="B84" s="11" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C84" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="10">
         <v>23</v>
       </c>
       <c r="B85" s="11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C85" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="10">
         <v>24</v>
       </c>
       <c r="B86" s="11" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C86" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="10">
         <v>25</v>
       </c>
       <c r="B87" s="11" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C87" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="10">
         <v>26</v>
       </c>
       <c r="B88" s="11" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C88" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="10">
         <v>27</v>
       </c>
       <c r="B89" s="11" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C89" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="10">
         <v>28</v>
       </c>
       <c r="B90" s="11" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C90" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="10">
         <v>29</v>
       </c>
       <c r="B91" s="11" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C91" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="10">
         <v>30</v>
       </c>
       <c r="B92" s="11" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C92" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="10">
         <v>31</v>
       </c>
       <c r="B93" s="11" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C93" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="10">
         <v>32</v>
       </c>
       <c r="B94" s="11" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C94" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="10">
         <v>33</v>
       </c>
       <c r="B95" s="11" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C95" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10">
         <v>34</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C96" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10">
         <v>35</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C97" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10">
         <v>36</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C98" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10">
         <v>37</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C99" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10">
         <v>38</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C100" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10">
         <v>39</v>
       </c>
       <c r="B101" s="11" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C101" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10">
         <v>40</v>
       </c>
       <c r="B102" s="11" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C102" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10">
         <v>41</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C103" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10">
         <v>42</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C104" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10">
         <v>43</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C105" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10">
         <v>44</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C106" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="10">
         <v>45</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C107" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="10">
         <v>46</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C108" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="10">
         <v>47</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C109" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="10">
         <v>48</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C110" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10">
         <v>49</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C111" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="10">
         <v>50</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C112" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="10">
         <v>51</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C113" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10">
         <v>52</v>
       </c>
       <c r="B114" s="11" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C114" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="10">
         <v>53</v>
       </c>
       <c r="B115" s="11" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C115" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10">
         <v>54</v>
       </c>
       <c r="B116" s="11" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C116" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10">
         <v>55</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C117" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="B118" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C118" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B120" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="16" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B121" s="8"/>
       <c r="C121" s="8"/>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10">
         <v>1</v>
       </c>
       <c r="B122" s="11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C122" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10">
         <v>2</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C123" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="10">
         <v>3</v>
       </c>
       <c r="B124" s="11" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C124" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10">
         <v>4</v>
       </c>
       <c r="B125" s="11" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C125" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10">
         <v>5</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C126" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="10">
         <v>6</v>
       </c>
       <c r="B127" s="11" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C127" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10">
         <v>7</v>
       </c>
       <c r="B128" s="11" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C128" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10">
         <v>8</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C129" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10">
         <v>9</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C130" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="10">
         <v>10</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C131" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="10">
         <v>11</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C132" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10">
         <v>12</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C133" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="B134" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C134" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B136" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C136" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="16" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B137" s="8"/>
       <c r="C137" s="8"/>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="10">
         <v>1</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C138" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="10">
         <v>2</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C139" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="10">
         <v>3</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C140" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="10">
         <v>4</v>
       </c>
       <c r="B141" s="11" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C141" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="10">
         <v>5</v>
       </c>
       <c r="B142" s="11" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C142" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="10">
         <v>6</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C143" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="10">
         <v>7</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C144" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="10">
         <v>8</v>
       </c>
       <c r="B145" s="11" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C145" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="10">
         <v>9</v>
       </c>
       <c r="B146" s="11" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C146" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="10">
         <v>10</v>
       </c>
       <c r="B147" s="11" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C147" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="10">
         <v>11</v>
       </c>
       <c r="B148" s="11" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C148" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="10">
         <v>12</v>
       </c>
       <c r="B149" s="11" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C149" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="10">
         <v>13</v>
       </c>
       <c r="B150" s="11" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C150" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="10">
         <v>14</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C151" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="10">
         <v>15</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C152" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="10">
         <v>16</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C153" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="10">
         <v>17</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C154" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="10">
         <v>18</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C155" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="10">
         <v>19</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C156" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="10">
         <v>20</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C157" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="10">
         <v>21</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C158" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="10">
         <v>22</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C159" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="10">
         <v>23</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C160" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="10">
         <v>24</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C161" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="10">
         <v>25</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C162" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="10">
         <v>26</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C163" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="10">
         <v>27</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C164" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="10">
         <v>28</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C165" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="10">
         <v>29</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C166" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="10">
         <v>30</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C167" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="10">
         <v>31</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C168" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="10">
         <v>32</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C169" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="10">
         <v>33</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C170" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="10">
         <v>34</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C171" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="10">
         <v>35</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C172" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="10">
         <v>36</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C173" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="B174" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C174" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B176" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C176" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="16" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B177" s="8"/>
       <c r="C177" s="8"/>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="10">
         <v>1</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C178" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="B179" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C179" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B181" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C181" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="16" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="10">
         <v>1</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C183" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="10">
         <v>2</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C184" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="10">
         <v>3</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C185" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="10">
         <v>4</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C186" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="10">
         <v>5</v>
       </c>
       <c r="B187" s="11" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C187" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="B188" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C188" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B190" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C190" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="16" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B191" s="8"/>
       <c r="C191" s="8"/>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="10">
         <v>1</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C192" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="10">
         <v>2</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C193" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="10">
         <v>3</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C194" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="10">
         <v>4</v>
       </c>
       <c r="B195" s="11" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C195" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="10">
         <v>5</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C196" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="10">
         <v>6</v>
       </c>
       <c r="B197" s="11" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C197" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="10">
         <v>7</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C198" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="10">
         <v>8</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C199" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="10">
         <v>9</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C200" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="B201" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C201" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B203" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C203" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="16" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B204" s="8"/>
       <c r="C204" s="8"/>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="10">
         <v>1</v>
       </c>
       <c r="B205" s="11" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C205" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="10">
         <v>2</v>
       </c>
       <c r="B206" s="11" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C206" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="10">
         <v>3</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C207" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="10">
         <v>4</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C208" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="10">
         <v>5</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C209" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="10">
         <v>6</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C210" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="10">
         <v>7</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C211" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="10">
         <v>8</v>
       </c>
       <c r="B212" s="11" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C212" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="B213" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C213" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B215" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C215" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="16" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B216" s="8"/>
       <c r="C216" s="8"/>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="10">
         <v>1</v>
       </c>
       <c r="B217" s="11" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C217" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="10">
         <v>2</v>
       </c>
       <c r="B218" s="11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C218" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="10">
         <v>3</v>
       </c>
       <c r="B219" s="11" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C219" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="10">
         <v>4</v>
       </c>
       <c r="B220" s="11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C220" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="10">
         <v>5</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C221" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="10">
         <v>6</v>
       </c>
       <c r="B222" s="11" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C222" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="10">
         <v>7</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C223" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="10">
         <v>8</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C224" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="10">
         <v>9</v>
       </c>
       <c r="B225" s="11" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C225" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="10">
         <v>10</v>
       </c>
       <c r="B226" s="11" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C226" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="B227" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C227" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B229" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C229" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="16" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B230" s="8"/>
       <c r="C230" s="8"/>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="10">
         <v>1</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C231" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="10">
         <v>2</v>
       </c>
       <c r="B232" s="11" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C232" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="10">
         <v>3</v>
       </c>
       <c r="B233" s="11" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C233" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="10">
         <v>4</v>
       </c>
       <c r="B234" s="11" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C234" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="10">
         <v>5</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C235" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="10">
         <v>6</v>
       </c>
       <c r="B236" s="11" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C236" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="10">
         <v>7</v>
       </c>
       <c r="B237" s="11" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C237" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="10">
         <v>8</v>
       </c>
       <c r="B238" s="11" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C238" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="10">
         <v>9</v>
       </c>
       <c r="B239" s="11" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C239" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="10">
         <v>10</v>
       </c>
       <c r="B240" s="11" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C240" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="10">
         <v>11</v>
       </c>
       <c r="B241" s="11" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C241" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="10">
         <v>12</v>
       </c>
       <c r="B242" s="11" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C242" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="10">
         <v>13</v>
       </c>
       <c r="B243" s="11" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C243" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="10">
         <v>14</v>
       </c>
       <c r="B244" s="11" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C244" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="10">
         <v>15</v>
       </c>
       <c r="B245" s="11" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C245" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="10">
         <v>16</v>
       </c>
       <c r="B246" s="11" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C246" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="10">
         <v>17</v>
       </c>
       <c r="B247" s="11" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C247" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="10">
         <v>18</v>
       </c>
       <c r="B248" s="11" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C248" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="10">
         <v>19</v>
       </c>
       <c r="B249" s="11" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C249" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="10">
         <v>20</v>
       </c>
       <c r="B250" s="11" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C250" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="10">
         <v>21</v>
       </c>
       <c r="B251" s="11" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C251" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="10">
         <v>22</v>
       </c>
       <c r="B252" s="11" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C252" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="10">
         <v>23</v>
       </c>
       <c r="B253" s="11" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C253" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="10">
         <v>24</v>
       </c>
       <c r="B254" s="11" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C254" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="10">
         <v>25</v>
       </c>
       <c r="B255" s="11" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C255" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="10">
         <v>26</v>
       </c>
       <c r="B256" s="11" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C256" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="10">
         <v>27</v>
       </c>
       <c r="B257" s="11" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C257" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="10">
         <v>28</v>
       </c>
       <c r="B258" s="11" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C258" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="10">
         <v>29</v>
       </c>
       <c r="B259" s="11" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C259" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="10">
         <v>30</v>
       </c>
       <c r="B260" s="11" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C260" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="10">
         <v>31</v>
       </c>
       <c r="B261" s="11" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C261" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="10">
         <v>32</v>
       </c>
       <c r="B262" s="11" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C262" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="10">
         <v>33</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C263" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="10">
         <v>34</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C264" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="10">
         <v>35</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C265" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="10">
         <v>36</v>
       </c>
       <c r="B266" s="11" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C266" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="10">
         <v>37</v>
       </c>
       <c r="B267" s="11" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C267" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="10">
         <v>38</v>
       </c>
       <c r="B268" s="11" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C268" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="10">
         <v>39</v>
       </c>
       <c r="B269" s="11" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C269" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="B270" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C270" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B272" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C272" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="16" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B273" s="8"/>
       <c r="C273" s="8"/>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="10">
         <v>1</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C274" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="10">
         <v>2</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C275" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="10">
         <v>3</v>
       </c>
       <c r="B276" s="11" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C276" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="10">
         <v>4</v>
       </c>
       <c r="B277" s="11" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C277" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="10">
         <v>5</v>
       </c>
       <c r="B278" s="11" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C278" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="10">
         <v>6</v>
       </c>
       <c r="B279" s="11" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C279" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="B280" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C280" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B282" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C282" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="16" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B283" s="8"/>
       <c r="C283" s="8"/>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="10">
         <v>1</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C284" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="10">
         <v>2</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C285" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="10">
         <v>3</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C286" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="10">
         <v>4</v>
       </c>
       <c r="B287" s="11" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C287" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="10">
         <v>5</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C288" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="10">
         <v>6</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C289" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="10">
         <v>7</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C290" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="10">
         <v>8</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C291" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="10">
         <v>9</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C292" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="10">
         <v>10</v>
       </c>
       <c r="B293" s="11" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C293" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="10">
         <v>11</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C294" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="10">
         <v>12</v>
       </c>
       <c r="B295" s="11" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C295" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="10">
         <v>13</v>
       </c>
       <c r="B296" s="11" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C296" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="10">
         <v>14</v>
       </c>
       <c r="B297" s="11" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C297" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="10">
         <v>15</v>
       </c>
       <c r="B298" s="11" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C298" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="10">
         <v>16</v>
       </c>
       <c r="B299" s="11" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C299" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="10">
         <v>17</v>
       </c>
       <c r="B300" s="11" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C300" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="10">
         <v>18</v>
       </c>
       <c r="B301" s="11" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C301" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="10">
         <v>19</v>
       </c>
       <c r="B302" s="11" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C302" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="10">
         <v>20</v>
       </c>
       <c r="B303" s="11" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C303" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="10">
         <v>21</v>
       </c>
       <c r="B304" s="11" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C304" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="10">
         <v>22</v>
       </c>
       <c r="B305" s="11" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C305" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="10">
         <v>23</v>
       </c>
       <c r="B306" s="11" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C306" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="10">
         <v>24</v>
       </c>
       <c r="B307" s="11" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C307" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="10">
         <v>25</v>
       </c>
       <c r="B308" s="11" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C308" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="10">
         <v>26</v>
       </c>
       <c r="B309" s="11" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C309" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="10">
         <v>27</v>
       </c>
       <c r="B310" s="11" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C310" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="10">
         <v>28</v>
       </c>
       <c r="B311" s="11" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C311" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="10">
         <v>29</v>
       </c>
       <c r="B312" s="11" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C312" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="10">
         <v>30</v>
       </c>
       <c r="B313" s="11" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C313" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="10">
         <v>31</v>
       </c>
       <c r="B314" s="11" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C314" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="10">
         <v>32</v>
       </c>
       <c r="B315" s="11" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C315" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="10">
         <v>33</v>
       </c>
       <c r="B316" s="11" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C316" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="10">
         <v>34</v>
       </c>
       <c r="B317" s="11" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C317" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="10">
         <v>35</v>
       </c>
       <c r="B318" s="11" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C318" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="10">
         <v>36</v>
       </c>
       <c r="B319" s="11" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C319" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="10">
         <v>37</v>
       </c>
       <c r="B320" s="11" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C320" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="10">
         <v>38</v>
       </c>
       <c r="B321" s="11" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C321" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="10">
         <v>39</v>
       </c>
       <c r="B322" s="11" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C322" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="10">
         <v>40</v>
       </c>
       <c r="B323" s="11" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C323" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="B324" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C324" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B326" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C326" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="16" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B327" s="8"/>
       <c r="C327" s="8"/>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="10">
         <v>1</v>
       </c>
       <c r="B328" s="11" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C328" s="12">
         <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="B329" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C329" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="A39:C39"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="A121:C121"/>
     <mergeCell ref="A137:C137"/>
     <mergeCell ref="A177:C177"/>
     <mergeCell ref="A182:C182"/>
     <mergeCell ref="A191:C191"/>
     <mergeCell ref="A204:C204"/>
     <mergeCell ref="A216:C216"/>
     <mergeCell ref="A230:C230"/>
     <mergeCell ref="A273:C273"/>
     <mergeCell ref="A283:C283"/>
     <mergeCell ref="A327:C327"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Инструкции долж'!A20"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_1"/>
@@ -12386,3427 +12437,3427 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C345"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C345" sqref="C345"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="7" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="B6" s="7" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="B7" s="7" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="B8" s="7" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="B9" s="7" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="B10" s="7" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="B11" s="7" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="B12" s="7" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="B13" s="7" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="B14" s="7" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="B15" s="7" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="B16" s="7" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="B17" s="7" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="B18" s="7" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="16" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="10">
         <v>1</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C22" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="10">
         <v>2</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C23" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="10">
         <v>3</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C24" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="10">
         <v>4</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C25" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="10">
         <v>5</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C26" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="10">
         <v>6</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C27" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="10">
         <v>7</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C28" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="10">
         <v>8</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C29" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="10">
         <v>9</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C30" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="10">
         <v>10</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C31" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="B32" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="16" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="10">
         <v>1</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C36" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="10">
         <v>2</v>
       </c>
       <c r="B37" s="11" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C37" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="10">
         <v>3</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C38" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="B39" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="16" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="10">
         <v>1</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C43" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="10">
         <v>2</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C44" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="10">
         <v>3</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C45" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="10">
         <v>4</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C46" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="10">
         <v>5</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C47" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="10">
         <v>6</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C48" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="10">
         <v>7</v>
       </c>
       <c r="B49" s="11" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C49" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="10">
         <v>8</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C50" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="B51" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C51" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C53" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="16" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="10">
         <v>1</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C55" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="10">
         <v>2</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C56" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="10">
         <v>3</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C57" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="10">
         <v>4</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C58" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="10">
         <v>5</v>
       </c>
       <c r="B59" s="11" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C59" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="10">
         <v>6</v>
       </c>
       <c r="B60" s="11" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C60" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="B61" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C61" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="16" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B64" s="8"/>
       <c r="C64" s="8"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="10">
         <v>1</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C65" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="10">
         <v>2</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C66" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="10">
         <v>3</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C67" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="10">
         <v>4</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C68" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="10">
         <v>5</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C69" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="10">
         <v>6</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C70" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="10">
         <v>7</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C71" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="10">
         <v>8</v>
       </c>
       <c r="B72" s="11" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C72" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="10">
         <v>9</v>
       </c>
       <c r="B73" s="11" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C73" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="10">
         <v>10</v>
       </c>
       <c r="B74" s="11" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C74" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="10">
         <v>11</v>
       </c>
       <c r="B75" s="11" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C75" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="10">
         <v>12</v>
       </c>
       <c r="B76" s="11" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C76" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="10">
         <v>13</v>
       </c>
       <c r="B77" s="11" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C77" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="10">
         <v>14</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C78" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="10">
         <v>15</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C79" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="10">
         <v>16</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C80" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="10">
         <v>17</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C81" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="10">
         <v>18</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C82" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="10">
         <v>19</v>
       </c>
       <c r="B83" s="11" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C83" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="10">
         <v>20</v>
       </c>
       <c r="B84" s="11" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C84" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="10">
         <v>21</v>
       </c>
       <c r="B85" s="11" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C85" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="10">
         <v>22</v>
       </c>
       <c r="B86" s="11" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C86" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="10">
         <v>23</v>
       </c>
       <c r="B87" s="11" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C87" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="10">
         <v>24</v>
       </c>
       <c r="B88" s="11" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C88" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="10">
         <v>25</v>
       </c>
       <c r="B89" s="11" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C89" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="10">
         <v>26</v>
       </c>
       <c r="B90" s="11" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C90" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="10">
         <v>27</v>
       </c>
       <c r="B91" s="11" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C91" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="10">
         <v>28</v>
       </c>
       <c r="B92" s="11" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="C92" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="10">
         <v>29</v>
       </c>
       <c r="B93" s="11" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C93" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="10">
         <v>30</v>
       </c>
       <c r="B94" s="11" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C94" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="10">
         <v>31</v>
       </c>
       <c r="B95" s="11" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C95" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="10">
         <v>32</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C96" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10">
         <v>33</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C97" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10">
         <v>34</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C98" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10">
         <v>35</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C99" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="10">
         <v>36</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C100" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="10">
         <v>37</v>
       </c>
       <c r="B101" s="11" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C101" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="10">
         <v>38</v>
       </c>
       <c r="B102" s="11" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C102" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="10">
         <v>39</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C103" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10">
         <v>40</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C104" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="10">
         <v>41</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C105" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="10">
         <v>42</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C106" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="10">
         <v>43</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C107" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="10">
         <v>44</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C108" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="10">
         <v>45</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C109" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="10">
         <v>46</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C110" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10">
         <v>47</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C111" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="10">
         <v>48</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C112" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="10">
         <v>49</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C113" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="10">
         <v>50</v>
       </c>
       <c r="B114" s="11" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C114" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="10">
         <v>51</v>
       </c>
       <c r="B115" s="11" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C115" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="10">
         <v>52</v>
       </c>
       <c r="B116" s="11" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C116" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="10">
         <v>53</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C117" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="10">
         <v>54</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C118" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="10">
         <v>55</v>
       </c>
       <c r="B119" s="11" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C119" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10">
         <v>56</v>
       </c>
       <c r="B120" s="11" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="C120" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="B121" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C121" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B123" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C123" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="16" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B124" s="8"/>
       <c r="C124" s="8"/>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10">
         <v>1</v>
       </c>
       <c r="B125" s="11" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C125" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10">
         <v>2</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C126" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="10">
         <v>3</v>
       </c>
       <c r="B127" s="11" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C127" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10">
         <v>4</v>
       </c>
       <c r="B128" s="11" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C128" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10">
         <v>5</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C129" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10">
         <v>6</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C130" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="10">
         <v>7</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C131" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="10">
         <v>8</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C132" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10">
         <v>9</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C133" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10">
         <v>10</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C134" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="10">
         <v>11</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C135" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="10">
         <v>12</v>
       </c>
       <c r="B136" s="11" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C136" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="B137" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C137" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B139" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="16" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B140" s="8"/>
       <c r="C140" s="8"/>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="10">
         <v>1</v>
       </c>
       <c r="B141" s="11" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C141" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="10">
         <v>2</v>
       </c>
       <c r="B142" s="11" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C142" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="10">
         <v>3</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C143" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="10">
         <v>4</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="C144" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="10">
         <v>5</v>
       </c>
       <c r="B145" s="11" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C145" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="10">
         <v>6</v>
       </c>
       <c r="B146" s="11" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C146" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="10">
         <v>7</v>
       </c>
       <c r="B147" s="11" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C147" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="10">
         <v>8</v>
       </c>
       <c r="B148" s="11" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C148" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="10">
         <v>9</v>
       </c>
       <c r="B149" s="11" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C149" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="10">
         <v>10</v>
       </c>
       <c r="B150" s="11" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C150" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="10">
         <v>11</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C151" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="10">
         <v>12</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C152" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="10">
         <v>13</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C153" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="10">
         <v>14</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C154" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="10">
         <v>15</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C155" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="10">
         <v>16</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C156" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="10">
         <v>17</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C157" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="10">
         <v>18</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C158" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="10">
         <v>19</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C159" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="10">
         <v>20</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C160" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="10">
         <v>21</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C161" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="10">
         <v>22</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C162" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="10">
         <v>23</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C163" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="10">
         <v>24</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C164" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="10">
         <v>25</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C165" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="10">
         <v>26</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C166" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="10">
         <v>27</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C167" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="10">
         <v>28</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C168" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="10">
         <v>29</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C169" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="10">
         <v>30</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C170" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="10">
         <v>31</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C171" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="10">
         <v>32</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C172" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="10">
         <v>33</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C173" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="10">
         <v>34</v>
       </c>
       <c r="B174" s="11" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C174" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="B175" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C175" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B177" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C177" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="16" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B178" s="8"/>
       <c r="C178" s="8"/>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="10">
         <v>1</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C179" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="B180" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C180" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B182" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C182" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="16" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B183" s="8"/>
       <c r="C183" s="8"/>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="10">
         <v>1</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C184" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="10">
         <v>2</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C185" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="10">
         <v>3</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C186" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="10">
         <v>4</v>
       </c>
       <c r="B187" s="11" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C187" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="10">
         <v>5</v>
       </c>
       <c r="B188" s="11" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C188" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="B189" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C189" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B191" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C191" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="16" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B192" s="8"/>
       <c r="C192" s="8"/>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="10">
         <v>1</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C193" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="10">
         <v>2</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C194" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="10">
         <v>3</v>
       </c>
       <c r="B195" s="11" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C195" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="10">
         <v>4</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C196" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="10">
         <v>5</v>
       </c>
       <c r="B197" s="11" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C197" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="10">
         <v>6</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C198" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="10">
         <v>7</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C199" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="10">
         <v>8</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C200" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="10">
         <v>9</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C201" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="B202" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C202" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B204" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C204" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="16" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B205" s="8"/>
       <c r="C205" s="8"/>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="10">
         <v>1</v>
       </c>
       <c r="B206" s="11" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C206" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="10">
         <v>2</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C207" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="10">
         <v>3</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C208" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="10">
         <v>4</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C209" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="10">
         <v>5</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C210" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="10">
         <v>6</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C211" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="10">
         <v>7</v>
       </c>
       <c r="B212" s="11" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C212" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="10">
         <v>8</v>
       </c>
       <c r="B213" s="11" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C213" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="B214" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C214" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B216" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="16" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B217" s="8"/>
       <c r="C217" s="8"/>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="10">
         <v>1</v>
       </c>
       <c r="B218" s="11" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C218" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="10">
         <v>2</v>
       </c>
       <c r="B219" s="11" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C219" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="10">
         <v>3</v>
       </c>
       <c r="B220" s="11" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C220" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="10">
         <v>4</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C221" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="10">
         <v>5</v>
       </c>
       <c r="B222" s="11" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C222" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="10">
         <v>6</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C223" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="10">
         <v>7</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C224" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="10">
         <v>8</v>
       </c>
       <c r="B225" s="11" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C225" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="10">
         <v>9</v>
       </c>
       <c r="B226" s="11" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C226" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="10">
         <v>10</v>
       </c>
       <c r="B227" s="11" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C227" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="10">
         <v>11</v>
       </c>
       <c r="B228" s="11" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C228" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="10">
         <v>12</v>
       </c>
       <c r="B229" s="11" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C229" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="10">
         <v>13</v>
       </c>
       <c r="B230" s="11" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C230" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="10">
         <v>14</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C231" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="10">
         <v>15</v>
       </c>
       <c r="B232" s="11" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C232" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="10">
         <v>16</v>
       </c>
       <c r="B233" s="11" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="C233" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="10">
         <v>17</v>
       </c>
       <c r="B234" s="11" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C234" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="10">
         <v>18</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C235" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="10">
         <v>19</v>
       </c>
       <c r="B236" s="11" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C236" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="10">
         <v>20</v>
       </c>
       <c r="B237" s="11" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C237" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="B238" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C238" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B240" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C240" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="16" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B241" s="8"/>
       <c r="C241" s="8"/>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="10">
         <v>1</v>
       </c>
       <c r="B242" s="11" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C242" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="10">
         <v>2</v>
       </c>
       <c r="B243" s="11" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C243" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="10">
         <v>3</v>
       </c>
       <c r="B244" s="11" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C244" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="10">
         <v>4</v>
       </c>
       <c r="B245" s="11" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C245" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="10">
         <v>5</v>
       </c>
       <c r="B246" s="11" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C246" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="10">
         <v>6</v>
       </c>
       <c r="B247" s="11" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C247" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="10">
         <v>7</v>
       </c>
       <c r="B248" s="11" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C248" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="10">
         <v>8</v>
       </c>
       <c r="B249" s="11" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C249" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="10">
         <v>9</v>
       </c>
       <c r="B250" s="11" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C250" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="10">
         <v>10</v>
       </c>
       <c r="B251" s="11" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C251" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="B252" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C252" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B254" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C254" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="16" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B255" s="8"/>
       <c r="C255" s="8"/>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="10">
         <v>1</v>
       </c>
       <c r="B256" s="11" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C256" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="10">
         <v>2</v>
       </c>
       <c r="B257" s="11" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C257" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="10">
         <v>3</v>
       </c>
       <c r="B258" s="11" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C258" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="10">
         <v>4</v>
       </c>
       <c r="B259" s="11" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C259" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="10">
         <v>5</v>
       </c>
       <c r="B260" s="11" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C260" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="10">
         <v>6</v>
       </c>
       <c r="B261" s="11" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C261" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="10">
         <v>7</v>
       </c>
       <c r="B262" s="11" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C262" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="10">
         <v>8</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="C263" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="10">
         <v>9</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C264" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="10">
         <v>10</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C265" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="10">
         <v>11</v>
       </c>
       <c r="B266" s="11" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C266" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="10">
         <v>12</v>
       </c>
       <c r="B267" s="11" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C267" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="10">
         <v>13</v>
       </c>
       <c r="B268" s="11" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C268" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="10">
         <v>14</v>
       </c>
       <c r="B269" s="11" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C269" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="10">
         <v>15</v>
       </c>
       <c r="B270" s="11" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C270" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="10">
         <v>16</v>
       </c>
       <c r="B271" s="11" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C271" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="10">
         <v>17</v>
       </c>
       <c r="B272" s="11" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C272" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="10">
         <v>18</v>
       </c>
       <c r="B273" s="11" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C273" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="10">
         <v>19</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C274" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="10">
         <v>20</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C275" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="10">
         <v>21</v>
       </c>
       <c r="B276" s="11" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C276" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="10">
         <v>22</v>
       </c>
       <c r="B277" s="11" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C277" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="10">
         <v>23</v>
       </c>
       <c r="B278" s="11" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C278" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="10">
         <v>24</v>
       </c>
       <c r="B279" s="11" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C279" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="10">
         <v>25</v>
       </c>
       <c r="B280" s="11" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C280" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="10">
         <v>26</v>
       </c>
       <c r="B281" s="11" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C281" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="10">
         <v>27</v>
       </c>
       <c r="B282" s="11" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C282" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="10">
         <v>28</v>
       </c>
       <c r="B283" s="11" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C283" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="10">
         <v>29</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C284" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="10">
         <v>30</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C285" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="10">
         <v>31</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C286" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="10">
         <v>32</v>
       </c>
       <c r="B287" s="11" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C287" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="10">
         <v>33</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C288" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="10">
         <v>34</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C289" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="10">
         <v>35</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C290" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="10">
         <v>36</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C291" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="10">
         <v>37</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C292" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="10">
         <v>38</v>
       </c>
       <c r="B293" s="11" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C293" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="10">
         <v>39</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C294" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="B295" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C295" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B297" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C297" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="16" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="B298" s="8"/>
       <c r="C298" s="8"/>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="10">
         <v>1</v>
       </c>
       <c r="B299" s="11" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C299" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="10">
         <v>2</v>
       </c>
       <c r="B300" s="11" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C300" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="10">
         <v>3</v>
       </c>
       <c r="B301" s="11" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C301" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="10">
         <v>4</v>
       </c>
       <c r="B302" s="11" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C302" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="10">
         <v>5</v>
       </c>
       <c r="B303" s="11" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C303" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="B304" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C304" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B306" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C306" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="16" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B307" s="8"/>
       <c r="C307" s="8"/>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="10">
         <v>1</v>
       </c>
       <c r="B308" s="11" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C308" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="10">
         <v>2</v>
       </c>
       <c r="B309" s="11" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C309" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="10">
         <v>3</v>
       </c>
       <c r="B310" s="11" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C310" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="10">
         <v>4</v>
       </c>
       <c r="B311" s="11" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C311" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="10">
         <v>5</v>
       </c>
       <c r="B312" s="11" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C312" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="10">
         <v>6</v>
       </c>
       <c r="B313" s="11" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C313" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="10">
         <v>7</v>
       </c>
       <c r="B314" s="11" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C314" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="10">
         <v>8</v>
       </c>
       <c r="B315" s="11" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C315" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="10">
         <v>9</v>
       </c>
       <c r="B316" s="11" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C316" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="10">
         <v>10</v>
       </c>
       <c r="B317" s="11" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C317" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="10">
         <v>11</v>
       </c>
       <c r="B318" s="11" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C318" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="10">
         <v>12</v>
       </c>
       <c r="B319" s="11" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C319" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="10">
         <v>13</v>
       </c>
       <c r="B320" s="11" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C320" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="10">
         <v>14</v>
       </c>
       <c r="B321" s="11" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C321" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="10">
         <v>15</v>
       </c>
       <c r="B322" s="11" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C322" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="10">
         <v>16</v>
       </c>
       <c r="B323" s="11" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C323" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="10">
         <v>17</v>
       </c>
       <c r="B324" s="11" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C324" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="10">
         <v>18</v>
       </c>
       <c r="B325" s="11" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C325" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="10">
         <v>19</v>
       </c>
       <c r="B326" s="11" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="C326" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="10">
         <v>20</v>
       </c>
       <c r="B327" s="11" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C327" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="10">
         <v>21</v>
       </c>
       <c r="B328" s="11" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C328" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="10">
         <v>22</v>
       </c>
       <c r="B329" s="11" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C329" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="10">
         <v>23</v>
       </c>
       <c r="B330" s="11" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C330" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="10">
         <v>24</v>
       </c>
       <c r="B331" s="11" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C331" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="10">
         <v>25</v>
       </c>
       <c r="B332" s="11" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C332" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="10">
         <v>26</v>
       </c>
       <c r="B333" s="11" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C333" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="10">
         <v>27</v>
       </c>
       <c r="B334" s="11" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C334" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="10">
         <v>28</v>
       </c>
       <c r="B335" s="11" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C335" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="10">
         <v>29</v>
       </c>
       <c r="B336" s="11" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C336" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="10">
         <v>30</v>
       </c>
       <c r="B337" s="11" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C337" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="10">
         <v>31</v>
       </c>
       <c r="B338" s="11" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C338" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="10">
         <v>32</v>
       </c>
       <c r="B339" s="11" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C339" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="B340" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C340" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B342" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C342" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="16" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B343" s="8"/>
       <c r="C343" s="8"/>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="10">
         <v>1</v>
       </c>
       <c r="B344" s="11" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C344" s="12">
         <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="B345" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C345" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A42:C42"/>
     <mergeCell ref="A54:C54"/>
     <mergeCell ref="A64:C64"/>
     <mergeCell ref="A124:C124"/>
     <mergeCell ref="A140:C140"/>
     <mergeCell ref="A178:C178"/>
     <mergeCell ref="A183:C183"/>
     <mergeCell ref="A192:C192"/>
     <mergeCell ref="A205:C205"/>
     <mergeCell ref="A217:C217"/>
     <mergeCell ref="A241:C241"/>
     <mergeCell ref="A255:C255"/>
     <mergeCell ref="A298:C298"/>
     <mergeCell ref="A307:C307"/>
     <mergeCell ref="A343:C343"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Инструкции по о'!A21"/>
@@ -16117,99 +16168,99 @@
     <hyperlink ref="C340" location="'Инструкции по о'!B17"/>
     <hyperlink ref="B18" location="'Инструкции по о'!A343"/>
     <hyperlink ref="B344" r:id="rId_hyperlink_259"/>
     <hyperlink ref="B345" location="'Содержание'!B12"/>
     <hyperlink ref="C345" location="'Инструкции по о'!B18"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C336"/>
+  <dimension ref="A1:C337"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C336" sqref="C336"/>
+      <selection activeCell="C337" sqref="C337"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="7" t="s">
-        <v>15</v>
+        <v>920</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="7" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="B6" s="7" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="B7" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="B8" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="B9" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="B10" s="7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="B11" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="B12" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="B13" s="7" t="s">
         <v>26</v>
@@ -16220,3122 +16271,3133 @@
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="B15" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="B16" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="B17" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="B18" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="B19" s="7" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="B20" s="7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="B21" s="7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="B22" s="7" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="B23" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="B24" s="7" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="16" t="s">
-        <v>41</v>
+        <v>925</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="10">
         <v>1</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="C28" s="12">
-        <v>4000</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="10">
         <v>2</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C29" s="12">
         <v>8500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="10">
         <v>3</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="C30" s="12">
         <v>8500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="10">
         <v>4</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C31" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="B32" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="16" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="10">
         <v>1</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C36" s="12">
         <v>15000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="10">
         <v>2</v>
       </c>
       <c r="B37" s="11" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C37" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="B38" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="16" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="10">
         <v>1</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="C42" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="10">
         <v>2</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="C43" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="10">
         <v>3</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C44" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="10">
         <v>4</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C45" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="10">
         <v>5</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C46" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="10">
         <v>6</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="C47" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="10">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C48" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="B49" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C49" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="16" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="10">
         <v>1</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="C53" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="B54" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C54" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="16" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="10">
         <v>1</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C58" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="B59" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="16" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="10">
         <v>1</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="C63" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="10">
         <v>2</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C64" s="12">
         <v>3500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="10">
         <v>3</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="C65" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="10">
         <v>4</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C66" s="12">
         <v>3000</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="10">
         <v>5</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C67" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="10">
         <v>6</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="C68" s="12">
         <v>9500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="10">
         <v>7</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="C69" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="10">
         <v>8</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C70" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="10">
         <v>9</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C71" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="B72" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C72" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="16" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="10">
         <v>1</v>
       </c>
       <c r="B76" s="11" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="C76" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="10">
         <v>2</v>
       </c>
       <c r="B77" s="11" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="C77" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="10">
         <v>3</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C78" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="10">
         <v>4</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C79" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="10">
         <v>5</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="C80" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="10">
         <v>6</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="C81" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="10">
         <v>7</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C82" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="10">
         <v>8</v>
       </c>
       <c r="B83" s="11" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C83" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="10">
         <v>9</v>
       </c>
       <c r="B84" s="11" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="C84" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="10">
         <v>10</v>
       </c>
       <c r="B85" s="11" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="C85" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="10">
         <v>11</v>
       </c>
       <c r="B86" s="11" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="C86" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="10">
         <v>12</v>
       </c>
       <c r="B87" s="11" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="C87" s="12">
         <v>7000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="B88" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C88" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="16" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B91" s="8"/>
       <c r="C91" s="8"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="10">
         <v>1</v>
       </c>
       <c r="B92" s="11" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C92" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="B93" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C93" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B95" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C95" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="16" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B96" s="8"/>
       <c r="C96" s="8"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="10">
         <v>1</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C97" s="12">
         <v>9000</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="10">
         <v>2</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="C98" s="12">
         <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="10">
         <v>3</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C99" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="B100" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C100" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C102" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B103" s="8"/>
       <c r="C103" s="8"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="10">
         <v>1</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="C104" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="B105" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C105" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B107" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C107" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B108" s="8"/>
       <c r="C108" s="8"/>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="10">
         <v>1</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="C109" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="10">
         <v>2</v>
       </c>
       <c r="B110" s="11" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C110" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="10">
         <v>3</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="C111" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="B112" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C112" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B114" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B115" s="8"/>
       <c r="C115" s="8"/>
     </row>
     <row r="116" spans="1:3">
       <c r="B116" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C116" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B118" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C118" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="16" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B119" s="8"/>
       <c r="C119" s="8"/>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="10">
         <v>1</v>
       </c>
       <c r="B120" s="11" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="C120" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="10">
         <v>2</v>
       </c>
       <c r="B121" s="11" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="C121" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="10">
         <v>3</v>
       </c>
       <c r="B122" s="11" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="C122" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="10">
         <v>4</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="C123" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="10">
         <v>5</v>
       </c>
       <c r="B124" s="11" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="C124" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="10">
         <v>6</v>
       </c>
       <c r="B125" s="11" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="C125" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="10">
         <v>7</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="C126" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="10">
         <v>8</v>
       </c>
       <c r="B127" s="11" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="C127" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="10">
         <v>9</v>
       </c>
       <c r="B128" s="11" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="C128" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="10">
         <v>10</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="C129" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="10">
         <v>11</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="C130" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="10">
         <v>12</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="C131" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="10">
         <v>13</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="C132" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="10">
         <v>14</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="C133" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="10">
         <v>15</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C134" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="10">
         <v>16</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C135" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="10">
         <v>17</v>
       </c>
       <c r="B136" s="11" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="C136" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="10">
         <v>18</v>
       </c>
       <c r="B137" s="11" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="C137" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="10">
         <v>19</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="C138" s="12">
         <v>1500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="10">
         <v>20</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="C139" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="10">
         <v>21</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="C140" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="10">
         <v>22</v>
       </c>
       <c r="B141" s="11" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="C141" s="12">
         <v>5500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="10">
         <v>23</v>
       </c>
       <c r="B142" s="11" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="C142" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="10">
         <v>24</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="C143" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="B144" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C144" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B146" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C146" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B147" s="8"/>
       <c r="C147" s="8"/>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="10">
         <v>1</v>
       </c>
       <c r="B148" s="11" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="C148" s="12">
         <v>10000</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="10">
         <v>2</v>
       </c>
       <c r="B149" s="11" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="C149" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="B150" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C150" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B152" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C152" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B153" s="8"/>
       <c r="C153" s="8"/>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="10">
         <v>1</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="C154" s="12">
-        <v>8500</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="10">
         <v>2</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="C155" s="12">
-        <v>8500</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="10">
         <v>3</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C156" s="12">
-        <v>8500</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="10">
         <v>4</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="C157" s="12">
-        <v>8500</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="10">
         <v>5</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C158" s="12">
-        <v>3000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="10">
         <v>6</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C159" s="12">
-        <v>2000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="10">
         <v>7</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="C160" s="12">
-        <v>10000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="10">
         <v>8</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="C161" s="12">
-        <v>3000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="10">
         <v>9</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C162" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="10">
         <v>10</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C163" s="12">
-        <v>3000</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="10">
         <v>11</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="C164" s="12">
-        <v>3000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="10">
         <v>12</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="C165" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="10">
         <v>13</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="C166" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="10">
         <v>14</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="C167" s="12">
-        <v>3000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="10">
         <v>15</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="C168" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="10">
         <v>16</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="C169" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="10">
         <v>17</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="C170" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="10">
         <v>18</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="C171" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="10">
         <v>19</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="C172" s="12">
-        <v>2500</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="10">
         <v>20</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C173" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="10">
         <v>21</v>
       </c>
       <c r="B174" s="11" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="C174" s="12">
-        <v>2000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="10">
         <v>22</v>
       </c>
       <c r="B175" s="11" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="C175" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="10">
         <v>23</v>
       </c>
       <c r="B176" s="11" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="C176" s="12">
-        <v>2000</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="10">
         <v>24</v>
       </c>
       <c r="B177" s="11" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C177" s="12">
-        <v>3000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="10">
         <v>25</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="C178" s="12">
-        <v>10000</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="10">
         <v>26</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="C179" s="12">
-        <v>12000</v>
+        <v>12840</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="10">
         <v>27</v>
       </c>
       <c r="B180" s="11" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="C180" s="12">
-        <v>25000</v>
+        <v>26750</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="10">
         <v>28</v>
       </c>
       <c r="B181" s="11" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C181" s="12">
-        <v>2000</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="10">
         <v>29</v>
       </c>
       <c r="B182" s="11" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="C182" s="12">
-        <v>10000</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="10">
         <v>30</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="C183" s="12">
-        <v>12000</v>
+        <v>12840</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="10">
         <v>31</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="C184" s="12">
-        <v>8500</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="10">
         <v>32</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C185" s="12">
-        <v>8000</v>
+        <v>8560</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="10">
         <v>33</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C186" s="12">
-        <v>8500</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="10">
         <v>34</v>
       </c>
       <c r="B187" s="11" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="C187" s="12">
-        <v>10000</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="10">
         <v>35</v>
       </c>
       <c r="B188" s="11" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C188" s="12">
-        <v>10500</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="10">
         <v>36</v>
       </c>
       <c r="B189" s="11" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C189" s="12">
-        <v>8500</v>
+        <v>11235</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="10">
         <v>37</v>
       </c>
       <c r="B190" s="11" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="C190" s="12">
-        <v>4500</v>
+        <v>9095</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="10">
         <v>38</v>
       </c>
       <c r="B191" s="11" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="C191" s="12">
-        <v>3000</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="10">
         <v>39</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="C192" s="12">
-        <v>3000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="10">
         <v>40</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="C193" s="12">
-        <v>3000</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
-      <c r="B194" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="9" t="s">
+      <c r="A194" s="10">
+        <v>41</v>
+      </c>
+      <c r="B194" s="11" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C194" s="12">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="B195" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C195" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B196" s="9" t="s">
+      <c r="B197" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C196" s="9" t="s">
+      <c r="C197" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="197" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="198" spans="1:3">
-      <c r="A198" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A198" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="B198" s="8"/>
+      <c r="C198" s="8"/>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="C199" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="C200" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="C201" s="12">
         <v>5000</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="10">
+        <v>4</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C202" s="12">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="10">
         <v>5</v>
       </c>
-      <c r="B202" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C202" s="12">
+      <c r="B203" s="11" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C203" s="12">
         <v>10000</v>
       </c>
     </row>
-    <row r="203" spans="1:3">
-[...8 lines deleted...]
-      <c r="A205" s="9" t="s">
+    <row r="204" spans="1:3">
+      <c r="B204" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C204" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B205" s="9" t="s">
+      <c r="B206" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C205" s="9" t="s">
+      <c r="C206" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="206" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="207" spans="1:3">
-      <c r="A207" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A207" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="B207" s="8"/>
+      <c r="C207" s="8"/>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="C208" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="C209" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="C210" s="12">
         <v>2500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
-      <c r="B211" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="9" t="s">
+      <c r="A211" s="10">
+        <v>4</v>
+      </c>
+      <c r="B211" s="11" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C211" s="12">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="B212" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C212" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B213" s="9" t="s">
+      <c r="B214" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C213" s="9" t="s">
+      <c r="C214" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="214" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="215" spans="1:3">
-      <c r="A215" s="10">
+      <c r="A215" s="16" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B215" s="8"/>
+      <c r="C215" s="8"/>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="10">
         <v>1</v>
       </c>
-      <c r="B215" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="12">
+      <c r="B216" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C216" s="12">
         <v>10000</v>
       </c>
     </row>
-    <row r="216" spans="1:3">
-[...8 lines deleted...]
-      <c r="A218" s="9" t="s">
+    <row r="217" spans="1:3">
+      <c r="B217" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C217" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B218" s="9" t="s">
+      <c r="B219" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C218" s="9" t="s">
+      <c r="C219" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="219" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="220" spans="1:3">
-      <c r="A220" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A220" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="B220" s="8"/>
+      <c r="C220" s="8"/>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C221" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B222" s="11" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="C222" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="C223" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C224" s="12">
         <v>4000</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B225" s="11" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C225" s="12">
-        <v>12000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B226" s="11" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="C226" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B227" s="11" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C227" s="12">
-        <v>8000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B228" s="11" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="C228" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="10">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B229" s="11" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="C229" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="10">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B230" s="11" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="C230" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="10">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="C231" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="10">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B232" s="11" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="C232" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="10">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B233" s="11" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C233" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="10">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B234" s="11" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="C234" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="10">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C235" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="10">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B236" s="11" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="C236" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B237" s="11" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C237" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="10">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B238" s="11" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="C238" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="10">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B239" s="11" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="C239" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="10">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B240" s="11" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C240" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="10">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B241" s="11" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C241" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="10">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B242" s="11" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="C242" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="10">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B243" s="11" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C243" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="10">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B244" s="11" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="C244" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="10">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B245" s="11" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C245" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="10">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B246" s="11" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="C246" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B247" s="11" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="C247" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="10">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B248" s="11" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="C248" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="10">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B249" s="11" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="C249" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="10">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B250" s="11" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="C250" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="10">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B251" s="11" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="C251" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="252" spans="1:3">
-      <c r="B252" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="9" t="s">
+      <c r="A252" s="10">
+        <v>32</v>
+      </c>
+      <c r="B252" s="11" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C252" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="B253" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C253" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B254" s="9" t="s">
+      <c r="B255" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C254" s="9" t="s">
+      <c r="C255" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="255" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="256" spans="1:3">
-      <c r="A256" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A256" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="B256" s="8"/>
+      <c r="C256" s="8"/>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B257" s="11" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="C257" s="12">
         <v>8000</v>
       </c>
     </row>
     <row r="258" spans="1:3">
-      <c r="B258" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="9" t="s">
+      <c r="A258" s="10">
+        <v>2</v>
+      </c>
+      <c r="B258" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C258" s="12">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="B259" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C259" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B260" s="9" t="s">
+      <c r="B261" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C260" s="9" t="s">
+      <c r="C261" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="261" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="262" spans="1:3">
-      <c r="A262" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A262" s="16" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B262" s="8"/>
+      <c r="C262" s="8"/>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C263" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C264" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="C265" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B266" s="11" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="C266" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B267" s="11" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="C267" s="12">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B268" s="11" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C268" s="12">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B269" s="11" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="C269" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B270" s="11" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C270" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="10">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B271" s="11" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="C271" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="10">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B272" s="11" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C272" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="10">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B273" s="11" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="C273" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="10">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="C274" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="10">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="C275" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="10">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B276" s="11" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C276" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="10">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B277" s="11" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="C277" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="10">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B278" s="11" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="C278" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B279" s="11" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="C279" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="10">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B280" s="11" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C280" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="10">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B281" s="11" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C281" s="12">
-        <v>1000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="10">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B282" s="11" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="C282" s="12">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="10">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B283" s="11" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C283" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="10">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="C284" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="10">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="C285" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="10">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="C286" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="10">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B287" s="11" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="C287" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="10">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C288" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="C289" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="10">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="C290" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="10">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="C291" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="10">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>1082</v>
+        <v>1112</v>
       </c>
       <c r="C292" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="10">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B293" s="11" t="s">
-        <v>1108</v>
+        <v>1087</v>
       </c>
       <c r="C293" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="10">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="C294" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="10">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B295" s="11" t="s">
-        <v>1097</v>
+        <v>1114</v>
       </c>
       <c r="C295" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="10">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B296" s="11" t="s">
-        <v>1110</v>
+        <v>1102</v>
       </c>
       <c r="C296" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="10">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B297" s="11" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C297" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="10">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B298" s="11" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="C298" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="10">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B299" s="11" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="C299" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="10">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B300" s="11" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="C300" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="10">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B301" s="11" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="C301" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="10">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B302" s="11" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="C302" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="10">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B303" s="11" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="C303" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="10">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B304" s="11" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="C304" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="10">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B305" s="11" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="C305" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="10">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B306" s="11" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="C306" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="10">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B307" s="11" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="C307" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="10">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B308" s="11" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="C308" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="10">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B309" s="11" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C309" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="10">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B310" s="11" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="C310" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="10">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B311" s="11" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="C311" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="10">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B312" s="11" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="C312" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="10">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B313" s="11" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="C313" s="12">
-        <v>3000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="10">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B314" s="11" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="C314" s="12">
-        <v>2000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="10">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B315" s="11" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="C315" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="10">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B316" s="11" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C316" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="10">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B317" s="11" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="C317" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="10">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B318" s="11" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="C318" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="10">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B319" s="11" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="C319" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="10">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B320" s="11" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C320" s="12">
         <v>2000</v>
       </c>
     </row>
     <row r="321" spans="1:3">
-      <c r="B321" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="9" t="s">
+      <c r="A321" s="10">
+        <v>59</v>
+      </c>
+      <c r="B321" s="11" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C321" s="12">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="B322" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C322" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B323" s="9" t="s">
+      <c r="B324" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C323" s="9" t="s">
+      <c r="C324" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="324" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="325" spans="1:3">
-      <c r="A325" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A325" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="B325" s="8"/>
+      <c r="C325" s="8"/>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="10">
+        <v>1</v>
+      </c>
+      <c r="B326" s="11" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C326" s="12">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="10">
         <v>2</v>
       </c>
-      <c r="B326" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C326" s="12">
+      <c r="B327" s="11" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C327" s="12">
         <v>10000</v>
       </c>
     </row>
-    <row r="327" spans="1:3">
-[...8 lines deleted...]
-      <c r="A329" s="9" t="s">
+    <row r="328" spans="1:3">
+      <c r="B328" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C328" s="14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B329" s="9" t="s">
+      <c r="B330" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C329" s="9" t="s">
+      <c r="C330" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="330" spans="1:3">
-[...5 lines deleted...]
-    </row>
     <row r="331" spans="1:3">
-      <c r="A331" s="10">
-[...7 lines deleted...]
-      </c>
+      <c r="A331" s="16" t="s">
+        <v>313</v>
+      </c>
+      <c r="B331" s="8"/>
+      <c r="C331" s="8"/>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B332" s="11" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C332" s="12">
-        <v>6000</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B333" s="11" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="C333" s="12">
-        <v>4200</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B334" s="11" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="C334" s="12">
-        <v>5000</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="10">
+        <v>4</v>
+      </c>
+      <c r="B335" s="11" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C335" s="12">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="10">
         <v>5</v>
       </c>
-      <c r="B335" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C335" s="12">
+      <c r="B336" s="11" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C336" s="12">
         <v>10000</v>
       </c>
     </row>
-    <row r="336" spans="1:3">
-[...4 lines deleted...]
-        <v>47</v>
+    <row r="337" spans="1:3">
+      <c r="B337" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C337" s="14" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="A57:C57"/>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="A75:C75"/>
     <mergeCell ref="A91:C91"/>
     <mergeCell ref="A96:C96"/>
     <mergeCell ref="A103:C103"/>
     <mergeCell ref="A108:C108"/>
     <mergeCell ref="A115:C115"/>
     <mergeCell ref="A119:C119"/>
     <mergeCell ref="A147:C147"/>
     <mergeCell ref="A153:C153"/>
-    <mergeCell ref="A197:C197"/>
-[...6 lines deleted...]
-    <mergeCell ref="A330:C330"/>
+    <mergeCell ref="A198:C198"/>
+    <mergeCell ref="A207:C207"/>
+    <mergeCell ref="A215:C215"/>
+    <mergeCell ref="A220:C220"/>
+    <mergeCell ref="A256:C256"/>
+    <mergeCell ref="A262:C262"/>
+    <mergeCell ref="A325:C325"/>
+    <mergeCell ref="A331:C331"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B2" location="'Обучение онлайн'!A27"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B32" location="'Содержание'!B13"/>
     <hyperlink ref="C32" location="'Обучение онлайн'!B2"/>
     <hyperlink ref="B3" location="'Обучение онлайн'!A35"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B38" location="'Содержание'!B13"/>
     <hyperlink ref="C38" location="'Обучение онлайн'!B3"/>
     <hyperlink ref="B4" location="'Обучение онлайн'!A41"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B49" location="'Содержание'!B13"/>
     <hyperlink ref="C49" location="'Обучение онлайн'!B4"/>
     <hyperlink ref="B5" location="'Обучение онлайн'!A52"/>
@@ -19447,113 +19509,113 @@
     <hyperlink ref="B169" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B191" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B193" r:id="rId_hyperlink_110"/>
-    <hyperlink ref="B194" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B198" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B194" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="B195" location="'Содержание'!B13"/>
+    <hyperlink ref="C195" location="'Обучение онлайн'!B16"/>
+    <hyperlink ref="B17" location="'Обучение онлайн'!A198"/>
     <hyperlink ref="B199" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B200" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B201" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B202" r:id="rId_hyperlink_115"/>
-    <hyperlink ref="B203" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B207" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="B203" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="B204" location="'Содержание'!B13"/>
+    <hyperlink ref="C204" location="'Обучение онлайн'!B17"/>
+    <hyperlink ref="B18" location="'Обучение онлайн'!A207"/>
     <hyperlink ref="B208" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B209" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B210" r:id="rId_hyperlink_119"/>
-    <hyperlink ref="B211" location="'Содержание'!B13"/>
-[...6 lines deleted...]
-    <hyperlink ref="B220" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="B211" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="B212" location="'Содержание'!B13"/>
+    <hyperlink ref="C212" location="'Обучение онлайн'!B18"/>
+    <hyperlink ref="B19" location="'Обучение онлайн'!A215"/>
+    <hyperlink ref="B216" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="B217" location="'Содержание'!B13"/>
+    <hyperlink ref="C217" location="'Обучение онлайн'!B19"/>
+    <hyperlink ref="B20" location="'Обучение онлайн'!A220"/>
     <hyperlink ref="B221" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B222" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B223" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B224" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B225" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B226" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B227" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B228" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B229" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B230" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B231" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B232" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B233" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B234" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B235" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B236" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B237" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B238" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B239" r:id="rId_hyperlink_140"/>
     <hyperlink ref="B240" r:id="rId_hyperlink_141"/>
     <hyperlink ref="B241" r:id="rId_hyperlink_142"/>
     <hyperlink ref="B242" r:id="rId_hyperlink_143"/>
     <hyperlink ref="B243" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B244" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B245" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B246" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B247" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B248" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B249" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B250" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B251" r:id="rId_hyperlink_152"/>
-    <hyperlink ref="B252" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B256" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="B252" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="B253" location="'Содержание'!B13"/>
+    <hyperlink ref="C253" location="'Обучение онлайн'!B20"/>
+    <hyperlink ref="B21" location="'Обучение онлайн'!A256"/>
     <hyperlink ref="B257" r:id="rId_hyperlink_154"/>
-    <hyperlink ref="B258" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B262" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="B258" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="B259" location="'Содержание'!B13"/>
+    <hyperlink ref="C259" location="'Обучение онлайн'!B21"/>
+    <hyperlink ref="B22" location="'Обучение онлайн'!A262"/>
     <hyperlink ref="B263" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B264" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B265" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B266" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B267" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B268" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B269" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B270" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B271" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B272" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B273" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B274" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B275" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B276" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B277" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B278" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B279" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B280" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B281" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B282" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B283" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B284" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B285" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B286" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B287" r:id="rId_hyperlink_180"/>
@@ -19568,437 +19630,438 @@
     <hyperlink ref="B296" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B297" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B298" r:id="rId_hyperlink_191"/>
     <hyperlink ref="B299" r:id="rId_hyperlink_192"/>
     <hyperlink ref="B300" r:id="rId_hyperlink_193"/>
     <hyperlink ref="B301" r:id="rId_hyperlink_194"/>
     <hyperlink ref="B302" r:id="rId_hyperlink_195"/>
     <hyperlink ref="B303" r:id="rId_hyperlink_196"/>
     <hyperlink ref="B304" r:id="rId_hyperlink_197"/>
     <hyperlink ref="B305" r:id="rId_hyperlink_198"/>
     <hyperlink ref="B306" r:id="rId_hyperlink_199"/>
     <hyperlink ref="B307" r:id="rId_hyperlink_200"/>
     <hyperlink ref="B308" r:id="rId_hyperlink_201"/>
     <hyperlink ref="B309" r:id="rId_hyperlink_202"/>
     <hyperlink ref="B310" r:id="rId_hyperlink_203"/>
     <hyperlink ref="B311" r:id="rId_hyperlink_204"/>
     <hyperlink ref="B312" r:id="rId_hyperlink_205"/>
     <hyperlink ref="B313" r:id="rId_hyperlink_206"/>
     <hyperlink ref="B314" r:id="rId_hyperlink_207"/>
     <hyperlink ref="B315" r:id="rId_hyperlink_208"/>
     <hyperlink ref="B316" r:id="rId_hyperlink_209"/>
     <hyperlink ref="B317" r:id="rId_hyperlink_210"/>
     <hyperlink ref="B318" r:id="rId_hyperlink_211"/>
     <hyperlink ref="B319" r:id="rId_hyperlink_212"/>
     <hyperlink ref="B320" r:id="rId_hyperlink_213"/>
-    <hyperlink ref="B321" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B325" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="B321" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="B322" location="'Содержание'!B13"/>
+    <hyperlink ref="C322" location="'Обучение онлайн'!B22"/>
+    <hyperlink ref="B23" location="'Обучение онлайн'!A325"/>
     <hyperlink ref="B326" r:id="rId_hyperlink_215"/>
-    <hyperlink ref="B327" location="'Содержание'!B13"/>
-[...2 lines deleted...]
-    <hyperlink ref="B331" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="B327" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="B328" location="'Содержание'!B13"/>
+    <hyperlink ref="C328" location="'Обучение онлайн'!B23"/>
+    <hyperlink ref="B24" location="'Обучение онлайн'!A331"/>
     <hyperlink ref="B332" r:id="rId_hyperlink_217"/>
     <hyperlink ref="B333" r:id="rId_hyperlink_218"/>
     <hyperlink ref="B334" r:id="rId_hyperlink_219"/>
     <hyperlink ref="B335" r:id="rId_hyperlink_220"/>
-    <hyperlink ref="B336" location="'Содержание'!B13"/>
-    <hyperlink ref="C336" location="'Обучение онлайн'!B24"/>
+    <hyperlink ref="B336" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="B337" location="'Содержание'!B13"/>
+    <hyperlink ref="C337" location="'Обучение онлайн'!B24"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C33"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C33" sqref="C33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="10">
         <v>1</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="C4" s="12">
         <v>40000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="10">
         <v>2</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="C5" s="12">
         <v>145000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="10">
         <v>3</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="C6" s="12">
         <v>230000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="10">
         <v>4</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="C7" s="12">
         <v>65000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="10">
         <v>5</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="C8" s="12">
         <v>85000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="10">
         <v>6</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="C9" s="12">
         <v>120000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10">
         <v>7</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="C10" s="12">
         <v>18000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="10">
         <v>8</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="C11" s="12">
         <v>12000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="10">
         <v>9</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="C12" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="10">
         <v>10</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C13" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="10">
         <v>11</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="C14" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="10">
         <v>12</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C15" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="10">
         <v>13</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="C16" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="10">
         <v>14</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="C17" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="10">
         <v>15</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="C18" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="10">
         <v>16</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="C19" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="10">
         <v>17</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="C20" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="10">
         <v>18</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C21" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="10">
         <v>19</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="C22" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="10">
         <v>20</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="C23" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="10">
         <v>21</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="C24" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="10">
         <v>22</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="C25" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="10">
         <v>23</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="C26" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="10">
         <v>24</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="C27" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="10">
         <v>25</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C28" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="10">
         <v>26</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="C29" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="10">
         <v>27</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="C30" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="10">
         <v>28</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="C31" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="10">
         <v>29</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="C32" s="12">
         <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="B33" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_20"/>