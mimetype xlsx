--- v1 (2026-03-28)
+++ v2 (2026-03-30)
@@ -66,51 +66,51 @@
   <si>
     <t>1. Готовые программы обучения(электронная поставка)</t>
   </si>
   <si>
     <t>2. Журналы</t>
   </si>
   <si>
     <t>3. Инструктажи</t>
   </si>
   <si>
     <t>4. Инструкции должностные</t>
   </si>
   <si>
     <t>5. Инструкции по охране труда</t>
   </si>
   <si>
     <t>6. Обучение онлайн</t>
   </si>
   <si>
     <t>7. Система управления охраной труда (СУОТ)</t>
   </si>
   <si>
     <t>Если возникли вопросы, Вы можете позвонить на горячую линию 8-800-300-2628 или отправить электронное письмо по адресу t201090@mail.ru</t>
   </si>
   <si>
-    <t>Прайс-Лист актуален на 28.03.2026 17:33:07</t>
+    <t>Прайс-Лист актуален на 30.03.2026 18:59:48</t>
   </si>
   <si>
     <t>Скачать новый Прайс-Лист</t>
   </si>
   <si>
     <t>Готовые программы обучения(электронная поставка)</t>
   </si>
   <si>
     <t>• Архитектура, проектирование, геодезия, топография и дизайн</t>
   </si>
   <si>
     <t>• ГО и ЧС</t>
   </si>
   <si>
     <t>• Добыча, переработка угля, руд и других полезных ископаемых</t>
   </si>
   <si>
     <t>• ЖКХ</t>
   </si>
   <si>
     <t>• Испытательная лаборатория</t>
   </si>
   <si>
     <t>• Кадровое дело</t>
   </si>